--- v0 (2025-10-26)
+++ v1 (2026-01-10)
@@ -3,161 +3,221 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4348196C" w14:textId="756F3DCF" w:rsidR="00FB1EFD" w:rsidRPr="003D7750" w:rsidRDefault="00FB1EFD" w:rsidP="00FB1EFD">
+    <w:p w14:paraId="4348196C" w14:textId="776FC6CB" w:rsidR="00FB1EFD" w:rsidRPr="003D7750" w:rsidRDefault="00FB1EFD" w:rsidP="00FB1EFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Załącznik do uchwały nr</w:t>
       </w:r>
       <w:r w:rsidR="002269CE" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E13E35">
+      <w:r w:rsidR="00FA0187">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>1511/49/24</w:t>
+        <w:t>2294</w:t>
+      </w:r>
+      <w:r w:rsidR="004C5F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0187">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>144</w:t>
+      </w:r>
+      <w:r w:rsidR="004C5F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>/25</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="400415D5" w14:textId="77777777" w:rsidR="00FB1EFD" w:rsidRPr="003D7750" w:rsidRDefault="00FB1EFD" w:rsidP="00FB1EFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Zarządu Województwa Mazowieckiego</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C65ECC" w14:textId="4CEF382D" w:rsidR="00FB1EFD" w:rsidRPr="003D7750" w:rsidRDefault="00FB1EFD" w:rsidP="00FB1EFD">
+    <w:p w14:paraId="77C65ECC" w14:textId="2F767221" w:rsidR="00FB1EFD" w:rsidRPr="003D7750" w:rsidRDefault="00FB1EFD" w:rsidP="00FB1EFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">z dnia </w:t>
       </w:r>
-      <w:r w:rsidR="00E13E35">
+      <w:r w:rsidR="00FA0187">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>23 grudnia 2024 r.</w:t>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grudnia 202</w:t>
+      </w:r>
+      <w:r w:rsidR="004C5F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EA21B97" w14:textId="2C33BD52" w:rsidR="00575815" w:rsidRPr="003D7750" w:rsidRDefault="009C5DD6" w:rsidP="00857119">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -274,51 +334,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Informacje ogólne</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="324E5201" w14:textId="77777777" w:rsidR="006B5964" w:rsidRPr="003D7750" w:rsidRDefault="006B5964" w:rsidP="00857119">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78BD061B" w14:textId="341E156A" w:rsidR="009C5DD6" w:rsidRPr="003D7750" w:rsidRDefault="005835B0" w:rsidP="00857119">
+    <w:p w14:paraId="78BD061B" w14:textId="4C62ACF1" w:rsidR="009C5DD6" w:rsidRPr="003D7750" w:rsidRDefault="005835B0" w:rsidP="00857119">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Inicjatorem</w:t>
       </w:r>
       <w:r w:rsidR="002E1294" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00575815" w:rsidRPr="003D7750">
@@ -357,51 +417,63 @@
         </w:rPr>
         <w:t>Kulturalna szkoła na Mazowszu</w:t>
       </w:r>
       <w:r w:rsidR="006B5964" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>”, zwanego dalej „</w:t>
       </w:r>
       <w:r w:rsidR="00575815" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Programem</w:t>
       </w:r>
       <w:r w:rsidR="006B5964" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">”, </w:t>
       </w:r>
       <w:r w:rsidR="00575815" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>jest Samorząd Województwa Mazowieckiego</w:t>
+        <w:t>jest Województw</w:t>
+      </w:r>
+      <w:r w:rsidR="00053EF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00575815" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mazowieckie</w:t>
       </w:r>
       <w:r w:rsidR="009C5DD6" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68C9EDE8" w14:textId="77777777" w:rsidR="00210C1B" w:rsidRPr="003D7750" w:rsidRDefault="009C5DD6" w:rsidP="00210C1B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
@@ -966,51 +1038,51 @@
       <w:r w:rsidR="0077683D" w:rsidRPr="00C7674F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00796F84" w:rsidRPr="00C7674F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> w którym wejście do instytucji jest </w:t>
       </w:r>
       <w:r w:rsidR="00BD7D88" w:rsidRPr="00C7674F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>bezpłatne</w:t>
       </w:r>
       <w:r w:rsidR="00464BF6" w:rsidRPr="00C7674F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58DE7939" w14:textId="10772B15" w:rsidR="00EA048E" w:rsidRPr="003D7750" w:rsidRDefault="00575815" w:rsidP="00857119">
+    <w:p w14:paraId="58DE7939" w14:textId="4B43884A" w:rsidR="00EA048E" w:rsidRPr="003D7750" w:rsidRDefault="00575815" w:rsidP="00857119">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Program</w:t>
       </w:r>
       <w:r w:rsidR="006B5964" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> jest organizowany na terenie </w:t>
       </w:r>
       <w:r w:rsidR="00351182" w:rsidRPr="003D7750">
         <w:rPr>
@@ -1050,97 +1122,97 @@
       </w:r>
       <w:r w:rsidR="006B5964" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> w </w:t>
       </w:r>
       <w:r w:rsidR="00351182" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">okresie od </w:t>
       </w:r>
       <w:r w:rsidR="002269CE" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>dnia 1</w:t>
       </w:r>
       <w:r w:rsidR="00DA02EC" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> stycznia 202</w:t>
       </w:r>
-      <w:r w:rsidR="00FC6F8F">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="006D42A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00DA02EC" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> r. do </w:t>
       </w:r>
       <w:r w:rsidR="00274BB7" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
       <w:r w:rsidR="003D7818" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D634B" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>grudnia</w:t>
       </w:r>
       <w:r w:rsidR="00A5688F" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00274BB7" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00FC6F8F">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="006D42A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00274BB7" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> r.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ECEB2D5" w14:textId="77777777" w:rsidR="001E738C" w:rsidRPr="003D7750" w:rsidRDefault="001E738C" w:rsidP="001E738C">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47DD226B" w14:textId="212E6B99" w:rsidR="001E738C" w:rsidRPr="003D7750" w:rsidRDefault="001E738C" w:rsidP="001E738C">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1203,115 +1275,95 @@
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Użyte </w:t>
       </w:r>
       <w:r w:rsidR="00727806">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">w </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Programie określenia oznaczają: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501CC372" w14:textId="46500161" w:rsidR="001E738C" w:rsidRPr="003D7750" w:rsidRDefault="001E738C" w:rsidP="001E738C">
+    <w:p w14:paraId="501CC372" w14:textId="69D334AB" w:rsidR="001E738C" w:rsidRPr="003D7750" w:rsidRDefault="001E738C" w:rsidP="001E738C">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>szkoła/szkoła podstawowa – szkołę/szkołę podstawową, przedszkole, oddział przedszkolny w szkole podstawowej lub inną formę wychowania przedszkolnego, prowadzące roczne przygotowanie przedszkolne, o którym mowa w art. 31 ust. 4 ustawy z dnia 14 grudnia 2016 r. – Prawo Oświatowe (Dz. U. z 202</w:t>
       </w:r>
-      <w:r w:rsidR="00FC6F8F">
-[...3 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00352777">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> r. poz. </w:t>
       </w:r>
-      <w:r w:rsidR="00FC6F8F">
-[...29 lines deleted...]
-        <w:t>. zm.</w:t>
+      <w:r w:rsidR="00352777">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>1043</w:t>
+      </w:r>
+      <w:r w:rsidR="00191BD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i 1160</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D287ADE" w14:textId="4D30F61D" w:rsidR="001E738C" w:rsidRPr="003D7750" w:rsidRDefault="001E738C" w:rsidP="001E738C">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
@@ -1381,104 +1433,124 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cele i zadania</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76E2167F" w14:textId="77777777" w:rsidR="001778A5" w:rsidRPr="003D7750" w:rsidRDefault="001778A5" w:rsidP="00857119">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14F184CF" w14:textId="5E59E198" w:rsidR="006B5964" w:rsidRPr="003D7750" w:rsidRDefault="00575815" w:rsidP="00857119">
+    <w:p w14:paraId="14F184CF" w14:textId="3BACF871" w:rsidR="006B5964" w:rsidRPr="003D7750" w:rsidRDefault="00575815" w:rsidP="00857119">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Program</w:t>
       </w:r>
       <w:r w:rsidR="006B5964" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> jest organizowany w cel</w:t>
-[...9 lines deleted...]
-        <w:t>ach</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00191BD1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">służy realizacji </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">następujących </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>celów</w:t>
       </w:r>
       <w:r w:rsidR="006B5964" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A518D0" w14:textId="4FA17171" w:rsidR="000134DD" w:rsidRPr="003D7750" w:rsidRDefault="006A2852" w:rsidP="00857119">
+    <w:p w14:paraId="2F1F6121" w14:textId="77777777" w:rsidR="00352311" w:rsidRDefault="006A2852" w:rsidP="00857119">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="363"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>upowszechniani</w:t>
       </w:r>
       <w:r w:rsidR="000134DD" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
@@ -1508,51 +1580,60 @@
       </w:r>
       <w:r w:rsidR="002269CE" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ponadpodstawowych</w:t>
       </w:r>
       <w:r w:rsidR="002269CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> jako zadania spełniającego ważne funkcje wychowawcze i edukacyjne</w:t>
       </w:r>
       <w:r w:rsidR="0074443D" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7750">
+    </w:p>
+    <w:p w14:paraId="04A518D0" w14:textId="0F5AF2C0" w:rsidR="000134DD" w:rsidRPr="00352311" w:rsidRDefault="006A2852" w:rsidP="00352311">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352311">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="329AED6E" w14:textId="77777777" w:rsidR="00D3265A" w:rsidRPr="003D7750" w:rsidRDefault="00D3265A" w:rsidP="00D3265A">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="363"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -1798,760 +1879,618 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Warunki uczestnictwa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6060C3F0" w14:textId="77777777" w:rsidR="001778A5" w:rsidRPr="003D7750" w:rsidRDefault="001778A5" w:rsidP="00857119">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B1C2BE6" w14:textId="5AE4A208" w:rsidR="004A4A18" w:rsidRPr="003D7750" w:rsidRDefault="00B21475" w:rsidP="00857119">
+    <w:p w14:paraId="6B1C2BE6" w14:textId="5AE4A208" w:rsidR="004A4A18" w:rsidRPr="000E1D01" w:rsidRDefault="00B21475" w:rsidP="00857119">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D7750">
+      <w:r w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Do udziału w Program</w:t>
       </w:r>
-      <w:r w:rsidR="0074443D" w:rsidRPr="003D7750">
+      <w:r w:rsidR="0074443D" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ie</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7750">
+      <w:r w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C21204" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00C21204" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>uprawnieni</w:t>
       </w:r>
-      <w:r w:rsidR="004A4A18" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004A4A18" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> są</w:t>
       </w:r>
-      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001F5822" w:rsidRPr="003D7750">
+      <w:r w:rsidR="001F5822" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>uczniowie</w:t>
       </w:r>
-      <w:r w:rsidR="00716B6D" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00716B6D" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>szk</w:t>
       </w:r>
-      <w:r w:rsidR="001F5822" w:rsidRPr="003D7750">
+      <w:r w:rsidR="001F5822" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ół</w:t>
       </w:r>
-      <w:r w:rsidR="00BE0A3C" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00BE0A3C" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="000A471A" w:rsidRPr="003D7750">
+      <w:r w:rsidR="000A471A" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>podstawow</w:t>
       </w:r>
-      <w:r w:rsidR="001F5822" w:rsidRPr="003D7750">
+      <w:r w:rsidR="001F5822" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ych</w:t>
       </w:r>
-      <w:r w:rsidR="004A4A18" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004A4A18" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00716B6D" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00716B6D" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>i ponadpodstaw</w:t>
       </w:r>
-      <w:r w:rsidR="00BE6D30" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00BE6D30" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ow</w:t>
       </w:r>
-      <w:r w:rsidR="001F5822" w:rsidRPr="003D7750">
+      <w:r w:rsidR="001F5822" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ych typu: </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7750">
+      <w:r w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>lice</w:t>
       </w:r>
-      <w:r w:rsidR="00BE6D30" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00BE6D30" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7750">
+      <w:r w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> ogólnokształcąc</w:t>
       </w:r>
-      <w:r w:rsidR="00BE6D30" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00BE6D30" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7750">
+      <w:r w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, technik</w:t>
       </w:r>
-      <w:r w:rsidR="00BE6D30" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00BE6D30" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>a,</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7750">
+      <w:r w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> branżow</w:t>
       </w:r>
-      <w:r w:rsidR="00BE6D30" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00BE6D30" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7750">
+      <w:r w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> szk</w:t>
       </w:r>
-      <w:r w:rsidR="00BE6D30" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00BE6D30" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">oły </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7750">
+      <w:r w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>I stopnia</w:t>
       </w:r>
-      <w:r w:rsidR="001F5822" w:rsidRPr="003D7750">
+      <w:r w:rsidR="001F5822" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00BE6D30" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00BE6D30" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>szkoły artystyczne realizujące kształcenie ogólne w zakresie szkoły podstawowe</w:t>
       </w:r>
-      <w:r w:rsidR="00C27431" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00C27431" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
-      <w:r w:rsidR="00BE6D30" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00BE6D30" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, szkoły artystyczne realizujące kształcenie ogólne w zakresie liceum ogólnokształcą</w:t>
       </w:r>
-      <w:r w:rsidR="003218B7" w:rsidRPr="003D7750">
+      <w:r w:rsidR="003218B7" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>cego</w:t>
       </w:r>
-      <w:r w:rsidR="000A471A" w:rsidRPr="003D7750">
+      <w:r w:rsidR="000A471A" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00BE0A3C" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00BE0A3C" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000A471A" w:rsidRPr="003D7750">
+      <w:r w:rsidR="000A471A" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">których siedziby są umiejscowione na </w:t>
       </w:r>
-      <w:r w:rsidR="002269CE" w:rsidRPr="003D7750">
+      <w:r w:rsidR="002269CE" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>terenie województwa</w:t>
       </w:r>
-      <w:r w:rsidR="000A471A" w:rsidRPr="003D7750">
+      <w:r w:rsidR="000A471A" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> mazowieckiego</w:t>
       </w:r>
-      <w:r w:rsidR="004251C0" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004251C0" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A13853A" w14:textId="0C3AB182" w:rsidR="004916B1" w:rsidRPr="003D7750" w:rsidRDefault="004A4A18" w:rsidP="00664FED">
+    <w:p w14:paraId="7A13853A" w14:textId="0C3AB182" w:rsidR="004916B1" w:rsidRPr="000E1D01" w:rsidRDefault="004A4A18" w:rsidP="00664FED">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D7750">
+      <w:bookmarkStart w:id="0" w:name="_Hlk216260618"/>
+      <w:r w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">W Programie mogą brać udział </w:t>
       </w:r>
-      <w:r w:rsidR="00D53339" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00D53339" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">uczniowie </w:t>
       </w:r>
-      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">z </w:t>
       </w:r>
-      <w:r w:rsidR="00BE0A3C" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00BE0A3C" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">województwa mazowieckiego </w:t>
       </w:r>
-      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">w formie zorganizowanych grup szkolnych </w:t>
       </w:r>
-      <w:r w:rsidR="00645E6E" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00645E6E" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">wraz z </w:t>
       </w:r>
-      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ich </w:t>
       </w:r>
-      <w:r w:rsidR="00645E6E" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00645E6E" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">opiekunami </w:t>
       </w:r>
-      <w:r w:rsidR="00274BB7" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00274BB7" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (liczb</w:t>
       </w:r>
-      <w:r w:rsidR="00581885" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00581885" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ę</w:t>
       </w:r>
-      <w:r w:rsidR="00274BB7" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00274BB7" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">opiekunów </w:t>
       </w:r>
-      <w:r w:rsidR="00581885" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00581885" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ustala się </w:t>
       </w:r>
-      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">zgodnie </w:t>
       </w:r>
-      <w:r w:rsidR="00581885" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00581885" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>zasadami</w:t>
       </w:r>
-      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> określonym</w:t>
       </w:r>
-      <w:r w:rsidR="00581885" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00581885" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> w § 4 Rozporządzenia </w:t>
       </w:r>
-      <w:r w:rsidR="00C74754" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00C74754" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Ministra</w:t>
       </w:r>
-      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Edukacji Narodowej </w:t>
       </w:r>
-      <w:r w:rsidR="00FC7F6E" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00FC7F6E" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>z 30 marca 2016 r. w sprawie wypoczynku</w:t>
       </w:r>
-      <w:r w:rsidR="00E34999" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00E34999" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>dzieci i młodzieży</w:t>
       </w:r>
-      <w:r w:rsidR="003F23E1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="003F23E1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A00B8F" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00A00B8F" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="003F23E1" w:rsidRPr="003D7750">
+      <w:r w:rsidR="003F23E1" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Dz. U.</w:t>
       </w:r>
-      <w:r w:rsidR="002E1294" w:rsidRPr="003D7750">
+      <w:r w:rsidR="002E1294" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006421EC" w:rsidRPr="003D7750">
+      <w:r w:rsidR="006421EC" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>z 2016 r. poz. 452</w:t>
       </w:r>
-      <w:r w:rsidR="00581885" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00581885" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> oraz z 2021 r. poz. 1548)</w:t>
       </w:r>
-      <w:r w:rsidR="00551CF2" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00551CF2" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> oraz § 32 ust. 1 </w:t>
       </w:r>
-      <w:r w:rsidR="00551CF2" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00551CF2" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Rozporządzenia Ministra Edukacji Narodowej i</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5099" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00BD5099" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00551CF2" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00551CF2" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Sportu z dnia 31 grudnia 2002 r. w sprawie bezpieczeństwa i higieny w publicznych i</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5099" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00BD5099" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00551CF2" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00551CF2" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">niepublicznych szkołach i placówkach </w:t>
       </w:r>
-      <w:r w:rsidR="00551CF2" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00551CF2" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> (Dz.U. z 2020 r. poz. 1604</w:t>
       </w:r>
-      <w:r w:rsidR="00DC6CAB">
+      <w:r w:rsidR="00DC6CAB" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> oraz z 2024 r. poz. 933</w:t>
       </w:r>
-      <w:r w:rsidR="00551CF2" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00551CF2" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00581885" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00581885" w:rsidRPr="000E1D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CFA2F15" w14:textId="0651BB23" w:rsidR="00857119" w:rsidRPr="003D7750" w:rsidRDefault="00FC6F8F" w:rsidP="00857119">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="4CB9AE9D" w14:textId="598C7EB4" w:rsidR="00191BD1" w:rsidRPr="00352311" w:rsidRDefault="00352311" w:rsidP="00352311">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>W celu skorzystania z Programu szkoła składa do wybranych instytucji kultury wypełnione zgłoszeni</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Bezwzględnym w</w:t>
-[...157 lines deleted...]
-      <w:r w:rsidR="00947B06" w:rsidRPr="003D7750">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w formie papierowej i/lub elektronicznej (z kwalifikowanym podpisem elektronicznym), na formularzu stanowiącym załącznik nr 2 do Programu.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49F41C24" w14:textId="177A2876" w:rsidR="00DA02EC" w:rsidRPr="003D7750" w:rsidRDefault="00714597" w:rsidP="00857119">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
@@ -2718,100 +2657,130 @@
         </w:rPr>
         <w:t xml:space="preserve"> oferty</w:t>
       </w:r>
       <w:r w:rsidR="00C75B57" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00DE20CE" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>np.</w:t>
       </w:r>
       <w:r w:rsidR="00C75B57" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> warsztatów, lekcji muzealnych, spektakli, wystaw).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CF81BF3" w14:textId="0A8EB918" w:rsidR="00ED1ABA" w:rsidRPr="003D7750" w:rsidRDefault="004916B1" w:rsidP="00857119">
+    <w:p w14:paraId="7CF81BF3" w14:textId="1724FF72" w:rsidR="00ED1ABA" w:rsidRPr="003D7750" w:rsidRDefault="00191BD1" w:rsidP="00857119">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D7750">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Zgłaszającym grupę do uczestnictwa w ofercie </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o uczestnictwa w ofercie </w:t>
       </w:r>
       <w:r w:rsidR="005524EE" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">nstytucji </w:t>
       </w:r>
       <w:r w:rsidR="005524EE" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7750">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">ultury może być Dyrektor szkoły lub Zastępca Dyrektora. </w:t>
+      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ultury </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">grupę </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zgłasza </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Dyrektor</w:t>
+      </w:r>
+      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> szkoły lub Zastępca Dyrektora. </w:t>
       </w:r>
       <w:r w:rsidR="0074443D" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Wypełniający formularz oświadcza </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7750">
+      <w:r w:rsidR="004916B1" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">jednocześnie, </w:t>
       </w:r>
       <w:r w:rsidR="00516E4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>że wszyscy wymienieni uczniowie uczęszczają do danej szkoły</w:t>
       </w:r>
       <w:r w:rsidR="003F23E1" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00ED1ABA" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29997D02" w14:textId="4E8C4D26" w:rsidR="006B5964" w:rsidRPr="003D7750" w:rsidRDefault="006B5964" w:rsidP="00857119">
@@ -3066,121 +3035,135 @@
           <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Finansowanie</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55E4ED83" w14:textId="77777777" w:rsidR="001778A5" w:rsidRPr="003D7750" w:rsidRDefault="001778A5" w:rsidP="00857119">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7546B349" w14:textId="214C1A47" w:rsidR="00A959DE" w:rsidRPr="003D7750" w:rsidRDefault="00A959DE" w:rsidP="00857119">
+    <w:p w14:paraId="7546B349" w14:textId="367CE712" w:rsidR="00A959DE" w:rsidRPr="003D7750" w:rsidRDefault="00A959DE" w:rsidP="00857119">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Środki </w:t>
       </w:r>
       <w:r w:rsidR="004051E1" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">finansowe </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">na realizację programu będą przekazane </w:t>
+        <w:t>na realizację programu przekaz</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC19AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">uje </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">się </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>instytucjom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005524EE" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>i</w:t>
+        <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">nstytucjom </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005524EE" w:rsidRPr="003D7750">
+        <w:t>ultury w ramach dotacji podmiotowej</w:t>
+      </w:r>
+      <w:r w:rsidR="004051E1" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>k</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14446306" w14:textId="49DB51BE" w:rsidR="00ED1ABA" w:rsidRPr="003D7750" w:rsidRDefault="006F7D11" w:rsidP="00857119">
+    <w:p w14:paraId="095A571A" w14:textId="766B59A4" w:rsidR="009067E6" w:rsidRPr="00352311" w:rsidRDefault="006F7D11" w:rsidP="00352311">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Środki</w:t>
       </w:r>
@@ -3329,76 +3312,117 @@
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> świadczonych</w:t>
       </w:r>
       <w:r w:rsidR="00005A8B" w:rsidRPr="003D7750">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> w ramach Programu</w:t>
       </w:r>
       <w:r w:rsidR="000F7443" w:rsidRPr="003D7750">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54ED3D85" w14:textId="16CDF70C" w:rsidR="000F7443" w:rsidRPr="003D7750" w:rsidRDefault="00DB3CCD" w:rsidP="000F7443">
+    <w:p w14:paraId="62C0F6E9" w14:textId="77777777" w:rsidR="00352311" w:rsidRDefault="00352311" w:rsidP="00352311">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CBEF491" w14:textId="77777777" w:rsidR="00352311" w:rsidRDefault="00352311" w:rsidP="00352311">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A593B15" w14:textId="77777777" w:rsidR="00352311" w:rsidRPr="00352311" w:rsidRDefault="00352311" w:rsidP="00352311">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54ED3D85" w14:textId="254EE24B" w:rsidR="000F7443" w:rsidRPr="003D7750" w:rsidRDefault="00DB3CCD" w:rsidP="000F7443">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">W przypadku wykorzystania </w:t>
       </w:r>
       <w:r w:rsidR="00835913" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">przez </w:t>
       </w:r>
       <w:r w:rsidR="00AD48CA" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">daną </w:t>
       </w:r>
       <w:r w:rsidR="005524EE" w:rsidRPr="003D7750">
@@ -3575,374 +3599,529 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>na kontynuację</w:t>
       </w:r>
       <w:r w:rsidR="000F7443" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Programu</w:t>
       </w:r>
       <w:r w:rsidR="0029673B" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Zaakceptowany przez Dyrektora lub </w:t>
+        <w:t>. Zaakceptowany przez Dyrektora lub osobę upoważnioną wniosek</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7443" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0029673B" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>osobę upoważnioną wniosek</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F7443" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0029673B" w:rsidRPr="003D7750">
+        <w:t xml:space="preserve">należy złożyć </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC19AD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w wersji </w:t>
+      </w:r>
+      <w:r w:rsidR="000F7443" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>papierow</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC19AD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>ej</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7443" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na adres: Departamentu Kultury, Promocji i Turystyki Kancelaria Ogólna ul. Skoczylasa </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7674F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7443" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Warszawa lub </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>elektronicznie (</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7443" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z kwalifikowanym podpisem elektronicznym) na adres: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00623554" w:rsidRPr="003023FE">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="pl-PL"/>
+          </w:rPr>
+          <w:t>dkpit@mazovia.pl</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="000F7443" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00623554">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000F7443" w:rsidRPr="003D7750">
-[...43 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="47674EFD" w14:textId="582B4170" w:rsidR="00A959DE" w:rsidRPr="003D7750" w:rsidRDefault="00E93523" w:rsidP="00441E80">
+    <w:p w14:paraId="47674EFD" w14:textId="76615546" w:rsidR="00A959DE" w:rsidRPr="003D7750" w:rsidRDefault="00AC19AD" w:rsidP="00441E80">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D7750">
-[...75 lines deleted...]
-        <w:t>r.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Wniosek</w:t>
+      </w:r>
+      <w:r w:rsidR="00E93523" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, o którym mowa w ust. 3, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">można złożyć </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00E93523" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listopada </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4F32" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF563A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4F32" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25AEC707" w14:textId="79EABAA2" w:rsidR="00EE0B91" w:rsidRPr="003D7750" w:rsidRDefault="00683001" w:rsidP="007F2C7B">
+    <w:p w14:paraId="25AEC707" w14:textId="30E7DA70" w:rsidR="00EE0B91" w:rsidRPr="003D7750" w:rsidRDefault="00AC19AD" w:rsidP="007F2C7B">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D7750">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">O wysokości przyznanych </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pisemną informację </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>wysokości</w:t>
+      </w:r>
+      <w:r w:rsidR="00683001" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> przyznanych </w:t>
       </w:r>
       <w:r w:rsidR="00DA02EC" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">środków </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7750">
-[...76 lines deleted...]
-      <w:r w:rsidR="00192A48" w:rsidRPr="003D7750">
+      <w:r w:rsidR="00683001" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>w ramach Programu</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00352311">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">przekazuje, </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>instytucji</w:t>
+      </w:r>
+      <w:r w:rsidR="00683001" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>kultury</w:t>
+      </w:r>
+      <w:r w:rsidR="00352311">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00352311" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>komórka</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organizacyjna </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Urzędu Marszałkowskiego Województwa Mazowieckiego w Warszawie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> właściwa do spraw k</w:t>
+      </w:r>
       <w:r w:rsidR="000B713C" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t>pismem przez Departament Kultury, Promocji i Turystyki</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> Urzędu Marszałkowskiego Województwa Mazowieckiego w Warszawie</w:t>
+        <w:t>ultury</w:t>
       </w:r>
       <w:r w:rsidR="00192A48" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="690D7B60" w14:textId="77777777" w:rsidR="003D7750" w:rsidRPr="003D7750" w:rsidRDefault="003D7750" w:rsidP="003D7750">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="pl-PL"/>
@@ -4010,51 +4189,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Sprawozdawczość</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="119AB257" w14:textId="77777777" w:rsidR="001778A5" w:rsidRPr="003D7750" w:rsidRDefault="001778A5" w:rsidP="00857119">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12E2B3E9" w14:textId="4F9E6567" w:rsidR="008416D4" w:rsidRPr="003D7750" w:rsidRDefault="00AD48CA" w:rsidP="00857119">
+    <w:p w14:paraId="12E2B3E9" w14:textId="7E6C3E2B" w:rsidR="008416D4" w:rsidRPr="003D7750" w:rsidRDefault="00AD48CA" w:rsidP="00857119">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Każda </w:t>
       </w:r>
       <w:r w:rsidR="005524EE" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
@@ -4118,100 +4297,124 @@
         </w:rPr>
         <w:t>dotyczących</w:t>
       </w:r>
       <w:r w:rsidR="004051E1" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E038F3" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">realizacji Programu </w:t>
       </w:r>
       <w:r w:rsidR="00ED1ABA" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>do 10-</w:t>
       </w:r>
       <w:r w:rsidR="002269CE" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>go każdego</w:t>
+        <w:t>go</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC19AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dnia</w:t>
+      </w:r>
+      <w:r w:rsidR="002269CE" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> każdego</w:t>
       </w:r>
       <w:r w:rsidR="00ED1ABA" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> miesiąca</w:t>
       </w:r>
       <w:r w:rsidR="002E39D4" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> na formularzu stanowiącym </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="002E39D4" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">na formularzu stanowiącym </w:t>
       </w:r>
       <w:r w:rsidR="004051E1" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidR="008416D4" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ałącznik nr 3</w:t>
       </w:r>
       <w:r w:rsidR="008416D4" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> do </w:t>
       </w:r>
       <w:r w:rsidR="004051E1" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Programu.</w:t>
       </w:r>
       <w:r w:rsidR="00ED1ABA" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B42038A" w14:textId="6462A4D2" w:rsidR="000F7443" w:rsidRPr="003D7750" w:rsidRDefault="002754DE" w:rsidP="000F7443">
+    <w:p w14:paraId="6A0C2118" w14:textId="77777777" w:rsidR="00352311" w:rsidRDefault="002754DE" w:rsidP="00352311">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Każda </w:t>
       </w:r>
       <w:r w:rsidR="005524EE" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
@@ -4221,69 +4424,87 @@
         </w:rPr>
         <w:t xml:space="preserve">nstytucja </w:t>
       </w:r>
       <w:r w:rsidR="002269CE" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>kultury realizująca</w:t>
       </w:r>
       <w:r w:rsidR="00E20036" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002269CE" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Program jest</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> zobowiązana do rozliczenia </w:t>
+        <w:t xml:space="preserve"> zobowiązana do </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC19AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">złożenia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rozliczenia </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidR="008416D4" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">za </w:t>
       </w:r>
       <w:r w:rsidR="00A41ABD" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00FC6F8F">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00DF4F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00A41ABD" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> r.</w:t>
       </w:r>
       <w:r w:rsidR="002269CE" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, w</w:t>
       </w:r>
       <w:r w:rsidR="00E038F3" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> zakresie </w:t>
       </w:r>
       <w:r w:rsidR="00CC1C49" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">realizacji </w:t>
       </w:r>
@@ -4306,231 +4527,326 @@
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F6ADF" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>15 stycznia</w:t>
       </w:r>
       <w:r w:rsidR="000F7443" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A41ABD" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00C612CE">
+      <w:r w:rsidR="00DF4F32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00A41ABD" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> r. </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidR="00E038F3" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">na formularzu stanowiącym </w:t>
       </w:r>
       <w:r w:rsidR="00E038F3" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>załącznik nr 4</w:t>
       </w:r>
       <w:r w:rsidR="00E038F3" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> do Programu</w:t>
       </w:r>
       <w:r w:rsidR="008D6CB7" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C31D2AA" w14:textId="3759F770" w:rsidR="00EE2301" w:rsidRPr="003D7750" w:rsidRDefault="008D6CB7" w:rsidP="000F7443">
-[...94 lines deleted...]
-    <w:p w14:paraId="4A9E3E25" w14:textId="34E25F3B" w:rsidR="00E20036" w:rsidRPr="003D7750" w:rsidRDefault="00E20036" w:rsidP="00857119">
+    <w:p w14:paraId="1C31D2AA" w14:textId="6E5E819D" w:rsidR="00EE2301" w:rsidRPr="00352311" w:rsidRDefault="00AC19AD" w:rsidP="00352311">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D7750">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> sprawozdań i rozliczeń, o których mowa w ust. 1 i 2.</w:t>
+      <w:r w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6CB7" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nstytucja kultury </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jest </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6CB7" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zobowiązana do uwzględnienia środków otrzymanych </w:t>
+      </w:r>
+      <w:r w:rsidR="000F7443" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="008D6CB7" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>na Program</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7443" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w danym roku</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6CB7" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w rozliczeniu dotacji podmiotowej za rok 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4F32" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6CB7" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E20036" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003D52CF" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do rozliczenia należy załączyć kopię przelewu potwierdzającą dokonanie zwrotu niewykorzystanych środków finansowych z udzielonej dotacji wraz z odsetkami </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA02EC" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003D52CF" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w wysokości określonej jak dla zaległości podatkowych (jeśli dotyczy). W treści przelewu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>należy</w:t>
+      </w:r>
+      <w:r w:rsidR="003D52CF" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> umie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ścić</w:t>
+      </w:r>
+      <w:r w:rsidR="003D52CF" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informacj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ę</w:t>
+      </w:r>
+      <w:r w:rsidR="003D52CF" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, czego dotyczy zwrot oraz wskaza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ć</w:t>
+      </w:r>
+      <w:r w:rsidR="003D52CF" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wielkości środków </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003D52CF" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>i ewentualnych odsetek</w:t>
+      </w:r>
+      <w:r w:rsidR="00C53019" w:rsidRPr="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D431EC5" w14:textId="2B8212F3" w:rsidR="00E20036" w:rsidRPr="003D7750" w:rsidRDefault="00E20036" w:rsidP="00857119">
+    <w:p w14:paraId="4A9E3E25" w14:textId="07611544" w:rsidR="00E20036" w:rsidRPr="003D7750" w:rsidRDefault="00E20036" w:rsidP="00857119">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
+        <w:t>Dyrektor instytucji kultury odpowiada za prawidłowość i terminowość złożenia</w:t>
+      </w:r>
+      <w:r w:rsidR="002A4C99" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sprawozdań i rozliczeń, o których mowa w ust. 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="002C3DD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00352311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="002A4C99" w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D431EC5" w14:textId="2B8212F3" w:rsidR="00E20036" w:rsidRPr="003D7750" w:rsidRDefault="00E20036" w:rsidP="00857119">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D7750">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Za datę wpływu</w:t>
       </w:r>
       <w:r w:rsidR="00324F6E" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>sprawozda</w:t>
       </w:r>
       <w:r w:rsidR="00324F6E" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ń, o których mowa w ust.1</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, uważa się datę wpływu do Urzędu Marszałkowskiego Województwa Mazowieckiego w Warszawie.</w:t>
@@ -4899,98 +5215,98 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">nstytucji </w:t>
       </w:r>
       <w:r w:rsidR="005524EE" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ultury</w:t>
       </w:r>
       <w:r w:rsidR="006421EC" w:rsidRPr="003D7750">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006D3142" w:rsidRPr="003D7750">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00968B61" w14:textId="77777777" w:rsidR="00C627DE" w:rsidRDefault="00C627DE" w:rsidP="006B5964">
+    <w:p w14:paraId="7A06C7FF" w14:textId="77777777" w:rsidR="000C5BF1" w:rsidRDefault="000C5BF1" w:rsidP="006B5964">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D1240CF" w14:textId="77777777" w:rsidR="00C627DE" w:rsidRDefault="00C627DE" w:rsidP="006B5964">
+    <w:p w14:paraId="6039C494" w14:textId="77777777" w:rsidR="000C5BF1" w:rsidRDefault="000C5BF1" w:rsidP="006B5964">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3D377B8A" w14:textId="77777777" w:rsidR="00C627DE" w:rsidRDefault="00C627DE">
+    <w:p w14:paraId="19E7F01F" w14:textId="77777777" w:rsidR="000C5BF1" w:rsidRDefault="000C5BF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -5018,103 +5334,103 @@
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15375A51" w14:textId="77777777" w:rsidR="000462F5" w:rsidRDefault="000462F5">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="373C03E9" w14:textId="77777777" w:rsidR="00C627DE" w:rsidRDefault="00C627DE" w:rsidP="006B5964">
+    <w:p w14:paraId="03F08A01" w14:textId="77777777" w:rsidR="000C5BF1" w:rsidRDefault="000C5BF1" w:rsidP="006B5964">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7851FEF8" w14:textId="77777777" w:rsidR="00C627DE" w:rsidRDefault="00C627DE" w:rsidP="006B5964">
+    <w:p w14:paraId="79D7E3C4" w14:textId="77777777" w:rsidR="000C5BF1" w:rsidRDefault="000C5BF1" w:rsidP="006B5964">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="72EC747D" w14:textId="77777777" w:rsidR="00C627DE" w:rsidRDefault="00C627DE">
+    <w:p w14:paraId="2E627D91" w14:textId="77777777" w:rsidR="000C5BF1" w:rsidRDefault="000C5BF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4F922165" w14:textId="77777777" w:rsidR="000462F5" w:rsidRDefault="000462F5">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06341FE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2338953A"/>
     <w:lvl w:ilvl="0" w:tplc="634CD030">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6466,414 +6782,439 @@
   <w:num w:numId="5" w16cid:durableId="93286695">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1109853675">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1585185022">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2032417921">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1491293860">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="810637269">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="271128902">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B5964"/>
     <w:rsid w:val="00000E16"/>
     <w:rsid w:val="00005A8B"/>
     <w:rsid w:val="000105FA"/>
     <w:rsid w:val="000134DD"/>
     <w:rsid w:val="00020C59"/>
+    <w:rsid w:val="00032C05"/>
     <w:rsid w:val="00037133"/>
     <w:rsid w:val="000462F5"/>
     <w:rsid w:val="000470B9"/>
+    <w:rsid w:val="0005372C"/>
+    <w:rsid w:val="00053EF2"/>
     <w:rsid w:val="00073520"/>
     <w:rsid w:val="00082C75"/>
     <w:rsid w:val="0008414C"/>
     <w:rsid w:val="000867CD"/>
     <w:rsid w:val="000A471A"/>
     <w:rsid w:val="000B3262"/>
     <w:rsid w:val="000B713C"/>
     <w:rsid w:val="000C5207"/>
+    <w:rsid w:val="000C5BF1"/>
+    <w:rsid w:val="000C7DEB"/>
     <w:rsid w:val="000D30D9"/>
     <w:rsid w:val="000D634B"/>
+    <w:rsid w:val="000E1D01"/>
     <w:rsid w:val="000F7443"/>
     <w:rsid w:val="000F77E9"/>
     <w:rsid w:val="000F7A0B"/>
     <w:rsid w:val="00103716"/>
     <w:rsid w:val="00107E3D"/>
+    <w:rsid w:val="00113582"/>
     <w:rsid w:val="001160F0"/>
     <w:rsid w:val="0012484B"/>
+    <w:rsid w:val="00125BE7"/>
     <w:rsid w:val="001363E0"/>
     <w:rsid w:val="00136F7B"/>
     <w:rsid w:val="00137F9F"/>
     <w:rsid w:val="00141D10"/>
     <w:rsid w:val="00154B35"/>
     <w:rsid w:val="00167489"/>
     <w:rsid w:val="001760FC"/>
     <w:rsid w:val="001770EB"/>
     <w:rsid w:val="001778A5"/>
+    <w:rsid w:val="00191BD1"/>
     <w:rsid w:val="00192A48"/>
     <w:rsid w:val="001C3025"/>
     <w:rsid w:val="001C497C"/>
     <w:rsid w:val="001C509A"/>
     <w:rsid w:val="001D77E6"/>
     <w:rsid w:val="001E4047"/>
     <w:rsid w:val="001E738C"/>
     <w:rsid w:val="001F08FC"/>
     <w:rsid w:val="001F5822"/>
     <w:rsid w:val="001F76E7"/>
     <w:rsid w:val="00200872"/>
     <w:rsid w:val="00210B20"/>
     <w:rsid w:val="00210C1B"/>
     <w:rsid w:val="002114CB"/>
     <w:rsid w:val="00217CF9"/>
     <w:rsid w:val="002269CE"/>
+    <w:rsid w:val="00266692"/>
     <w:rsid w:val="00266889"/>
     <w:rsid w:val="00274BB7"/>
     <w:rsid w:val="002754DE"/>
     <w:rsid w:val="0027689E"/>
     <w:rsid w:val="00281869"/>
     <w:rsid w:val="00283182"/>
     <w:rsid w:val="0029673B"/>
     <w:rsid w:val="002A0F69"/>
     <w:rsid w:val="002A3F86"/>
     <w:rsid w:val="002A4C99"/>
     <w:rsid w:val="002B1999"/>
+    <w:rsid w:val="002B403A"/>
     <w:rsid w:val="002B48DB"/>
     <w:rsid w:val="002B6F57"/>
+    <w:rsid w:val="002C3DD6"/>
     <w:rsid w:val="002D3B5F"/>
     <w:rsid w:val="002D4C20"/>
     <w:rsid w:val="002E1294"/>
     <w:rsid w:val="002E39D4"/>
     <w:rsid w:val="002E50D9"/>
     <w:rsid w:val="002F1955"/>
+    <w:rsid w:val="002F5A4A"/>
     <w:rsid w:val="002F6ADF"/>
     <w:rsid w:val="003016E8"/>
     <w:rsid w:val="00305D80"/>
     <w:rsid w:val="003145E7"/>
     <w:rsid w:val="003177C5"/>
     <w:rsid w:val="00321573"/>
     <w:rsid w:val="003218B7"/>
     <w:rsid w:val="00323BF9"/>
     <w:rsid w:val="00324F6E"/>
     <w:rsid w:val="00351182"/>
+    <w:rsid w:val="00352311"/>
+    <w:rsid w:val="00352777"/>
     <w:rsid w:val="0035499D"/>
     <w:rsid w:val="0037201F"/>
     <w:rsid w:val="003C4E24"/>
+    <w:rsid w:val="003C6DD5"/>
     <w:rsid w:val="003D52CF"/>
     <w:rsid w:val="003D7750"/>
     <w:rsid w:val="003D7818"/>
     <w:rsid w:val="003F23E1"/>
     <w:rsid w:val="004051E1"/>
     <w:rsid w:val="004251C0"/>
     <w:rsid w:val="004345EE"/>
     <w:rsid w:val="0044121A"/>
     <w:rsid w:val="004468F8"/>
     <w:rsid w:val="00446B6A"/>
     <w:rsid w:val="00457BDB"/>
     <w:rsid w:val="00464BF6"/>
     <w:rsid w:val="00467C92"/>
     <w:rsid w:val="004708E7"/>
     <w:rsid w:val="00477101"/>
     <w:rsid w:val="0048347E"/>
     <w:rsid w:val="004916B1"/>
     <w:rsid w:val="004A42E5"/>
     <w:rsid w:val="004A4A18"/>
     <w:rsid w:val="004A4C6A"/>
     <w:rsid w:val="004B0359"/>
     <w:rsid w:val="004C558E"/>
+    <w:rsid w:val="004C5F09"/>
     <w:rsid w:val="004D7DC2"/>
     <w:rsid w:val="004E65CE"/>
     <w:rsid w:val="004F4A8C"/>
+    <w:rsid w:val="004F6DAB"/>
     <w:rsid w:val="00516E4E"/>
     <w:rsid w:val="00545E63"/>
     <w:rsid w:val="00551CF2"/>
     <w:rsid w:val="00552048"/>
     <w:rsid w:val="005524EE"/>
     <w:rsid w:val="00563C10"/>
     <w:rsid w:val="005664F2"/>
     <w:rsid w:val="00571BC2"/>
     <w:rsid w:val="0057464D"/>
     <w:rsid w:val="00575815"/>
     <w:rsid w:val="0057786B"/>
-    <w:rsid w:val="00580D83"/>
     <w:rsid w:val="00581885"/>
     <w:rsid w:val="005835B0"/>
     <w:rsid w:val="005963C0"/>
     <w:rsid w:val="005B3D27"/>
     <w:rsid w:val="005B6ADB"/>
     <w:rsid w:val="005C4248"/>
+    <w:rsid w:val="00623554"/>
     <w:rsid w:val="00641F3D"/>
     <w:rsid w:val="006421EC"/>
     <w:rsid w:val="0064573A"/>
     <w:rsid w:val="00645E6E"/>
     <w:rsid w:val="0065365D"/>
+    <w:rsid w:val="00657FE2"/>
     <w:rsid w:val="00664E96"/>
     <w:rsid w:val="0066527F"/>
     <w:rsid w:val="00683001"/>
     <w:rsid w:val="00696F5F"/>
     <w:rsid w:val="006A2852"/>
     <w:rsid w:val="006B5964"/>
     <w:rsid w:val="006D3142"/>
+    <w:rsid w:val="006D42A6"/>
     <w:rsid w:val="006D5CD6"/>
     <w:rsid w:val="006F7D11"/>
     <w:rsid w:val="00713950"/>
     <w:rsid w:val="00714597"/>
     <w:rsid w:val="00716B6D"/>
+    <w:rsid w:val="00726EF5"/>
     <w:rsid w:val="00727806"/>
     <w:rsid w:val="00735C28"/>
     <w:rsid w:val="00736556"/>
     <w:rsid w:val="0074443D"/>
     <w:rsid w:val="0077683D"/>
     <w:rsid w:val="00792070"/>
     <w:rsid w:val="00796F84"/>
     <w:rsid w:val="007C0C46"/>
     <w:rsid w:val="007C1677"/>
     <w:rsid w:val="007D54A4"/>
     <w:rsid w:val="007E5F0A"/>
     <w:rsid w:val="007F22CA"/>
     <w:rsid w:val="007F2C7B"/>
     <w:rsid w:val="00822964"/>
     <w:rsid w:val="00835913"/>
     <w:rsid w:val="008416D4"/>
     <w:rsid w:val="00844461"/>
     <w:rsid w:val="00857119"/>
     <w:rsid w:val="00865CD9"/>
     <w:rsid w:val="008725D3"/>
     <w:rsid w:val="00885638"/>
     <w:rsid w:val="008971B2"/>
     <w:rsid w:val="008A1E3D"/>
     <w:rsid w:val="008C27EA"/>
     <w:rsid w:val="008C3997"/>
     <w:rsid w:val="008D5938"/>
     <w:rsid w:val="008D6CB7"/>
     <w:rsid w:val="009009AE"/>
     <w:rsid w:val="00901124"/>
+    <w:rsid w:val="009067E6"/>
     <w:rsid w:val="00910520"/>
     <w:rsid w:val="009137C6"/>
     <w:rsid w:val="0092586A"/>
     <w:rsid w:val="00947B06"/>
     <w:rsid w:val="009508FE"/>
+    <w:rsid w:val="00954A3A"/>
     <w:rsid w:val="00954C3A"/>
     <w:rsid w:val="00962353"/>
     <w:rsid w:val="009668E5"/>
     <w:rsid w:val="00976EFD"/>
     <w:rsid w:val="00983E10"/>
     <w:rsid w:val="009A691E"/>
     <w:rsid w:val="009C2E4D"/>
     <w:rsid w:val="009C5DD6"/>
     <w:rsid w:val="009F7E38"/>
     <w:rsid w:val="00A00B8F"/>
     <w:rsid w:val="00A011D8"/>
     <w:rsid w:val="00A017C9"/>
-    <w:rsid w:val="00A24A24"/>
     <w:rsid w:val="00A36AC2"/>
     <w:rsid w:val="00A4182A"/>
     <w:rsid w:val="00A41ABD"/>
     <w:rsid w:val="00A52947"/>
     <w:rsid w:val="00A54EDA"/>
     <w:rsid w:val="00A55AB1"/>
     <w:rsid w:val="00A5688F"/>
     <w:rsid w:val="00A63C26"/>
     <w:rsid w:val="00A709FD"/>
     <w:rsid w:val="00A942AB"/>
     <w:rsid w:val="00A959DE"/>
     <w:rsid w:val="00A95BF8"/>
     <w:rsid w:val="00AB0865"/>
     <w:rsid w:val="00AB3BCE"/>
     <w:rsid w:val="00AB417D"/>
     <w:rsid w:val="00AC04FF"/>
+    <w:rsid w:val="00AC19AD"/>
     <w:rsid w:val="00AD48CA"/>
     <w:rsid w:val="00AE240A"/>
     <w:rsid w:val="00AF4923"/>
     <w:rsid w:val="00B03535"/>
     <w:rsid w:val="00B072C9"/>
     <w:rsid w:val="00B110F5"/>
     <w:rsid w:val="00B21475"/>
     <w:rsid w:val="00B34DB7"/>
     <w:rsid w:val="00B4453D"/>
     <w:rsid w:val="00B44AA8"/>
     <w:rsid w:val="00B46624"/>
     <w:rsid w:val="00B56ACA"/>
     <w:rsid w:val="00B81395"/>
     <w:rsid w:val="00B858BA"/>
     <w:rsid w:val="00B90882"/>
     <w:rsid w:val="00BA703D"/>
     <w:rsid w:val="00BB171E"/>
     <w:rsid w:val="00BD5099"/>
     <w:rsid w:val="00BD7D88"/>
     <w:rsid w:val="00BE0A3C"/>
     <w:rsid w:val="00BE1263"/>
     <w:rsid w:val="00BE6D30"/>
     <w:rsid w:val="00BF01FA"/>
     <w:rsid w:val="00BF6CFF"/>
     <w:rsid w:val="00C21204"/>
     <w:rsid w:val="00C27431"/>
+    <w:rsid w:val="00C34891"/>
     <w:rsid w:val="00C46D80"/>
     <w:rsid w:val="00C51294"/>
     <w:rsid w:val="00C53019"/>
     <w:rsid w:val="00C612CE"/>
     <w:rsid w:val="00C61D9F"/>
-    <w:rsid w:val="00C627DE"/>
     <w:rsid w:val="00C74754"/>
     <w:rsid w:val="00C74CFB"/>
     <w:rsid w:val="00C75B57"/>
     <w:rsid w:val="00C7674F"/>
     <w:rsid w:val="00C81BB1"/>
     <w:rsid w:val="00C82315"/>
     <w:rsid w:val="00CA0219"/>
     <w:rsid w:val="00CA191A"/>
     <w:rsid w:val="00CA2FA0"/>
     <w:rsid w:val="00CB30CD"/>
     <w:rsid w:val="00CB470F"/>
     <w:rsid w:val="00CC1C49"/>
     <w:rsid w:val="00CD1FFE"/>
-    <w:rsid w:val="00CD3A8A"/>
     <w:rsid w:val="00CE34CD"/>
     <w:rsid w:val="00D144F9"/>
     <w:rsid w:val="00D2781B"/>
     <w:rsid w:val="00D3265A"/>
     <w:rsid w:val="00D53339"/>
     <w:rsid w:val="00D54B6F"/>
     <w:rsid w:val="00D570DF"/>
     <w:rsid w:val="00D65B99"/>
     <w:rsid w:val="00D9561B"/>
     <w:rsid w:val="00DA02EC"/>
     <w:rsid w:val="00DB3CCD"/>
     <w:rsid w:val="00DB42C3"/>
     <w:rsid w:val="00DB536D"/>
     <w:rsid w:val="00DB6BF3"/>
     <w:rsid w:val="00DC6CAB"/>
     <w:rsid w:val="00DE20CE"/>
     <w:rsid w:val="00DF1E0E"/>
     <w:rsid w:val="00DF48B8"/>
+    <w:rsid w:val="00DF4F32"/>
     <w:rsid w:val="00E038F3"/>
     <w:rsid w:val="00E13189"/>
     <w:rsid w:val="00E13E35"/>
     <w:rsid w:val="00E20036"/>
     <w:rsid w:val="00E34999"/>
     <w:rsid w:val="00E400ED"/>
     <w:rsid w:val="00E47F8B"/>
     <w:rsid w:val="00E62103"/>
     <w:rsid w:val="00E70DD7"/>
     <w:rsid w:val="00E73888"/>
     <w:rsid w:val="00E857BE"/>
     <w:rsid w:val="00E92A09"/>
     <w:rsid w:val="00E93523"/>
     <w:rsid w:val="00EA048E"/>
     <w:rsid w:val="00EA77E5"/>
     <w:rsid w:val="00EC45C6"/>
     <w:rsid w:val="00ED1ABA"/>
     <w:rsid w:val="00ED35B1"/>
     <w:rsid w:val="00EE0B91"/>
     <w:rsid w:val="00EE2301"/>
+    <w:rsid w:val="00EF563A"/>
     <w:rsid w:val="00F2542F"/>
+    <w:rsid w:val="00F448D1"/>
     <w:rsid w:val="00F633C9"/>
     <w:rsid w:val="00F76B03"/>
     <w:rsid w:val="00F86797"/>
     <w:rsid w:val="00F91A4B"/>
+    <w:rsid w:val="00FA0187"/>
     <w:rsid w:val="00FA1971"/>
     <w:rsid w:val="00FB1EFD"/>
     <w:rsid w:val="00FB4906"/>
     <w:rsid w:val="00FB60AB"/>
     <w:rsid w:val="00FC1900"/>
     <w:rsid w:val="00FC423C"/>
     <w:rsid w:val="00FC6F8F"/>
     <w:rsid w:val="00FC7F6E"/>
     <w:rsid w:val="00FF5AF4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6E1F1A8E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{515CC4E4-A05D-42E5-AF87-0A90B1EAA52A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7561,74 +7902,74 @@
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="highlight">
     <w:name w:val="highlight"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:rsid w:val="00551CF2"/>
   </w:style>
   <w:style w:type="character" w:styleId="Pogrubienie">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00BD5099"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1321691170">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkpit@mazovia.pl" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7903,70 +8244,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4090F7A-EE3B-4CDC-99D3-314AED07F8D8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1062</Words>
-  <Characters>6372</Characters>
+  <Words>1058</Words>
+  <Characters>6354</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
+  <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Załącznik do uchwały nr 1992/374/22</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7420</CharactersWithSpaces>
+  <CharactersWithSpaces>7398</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Załącznik do uchwały nr 1992/374/22</dc:title>
   <dc:subject/>
   <dc:creator>Ruszecka Joanna</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>