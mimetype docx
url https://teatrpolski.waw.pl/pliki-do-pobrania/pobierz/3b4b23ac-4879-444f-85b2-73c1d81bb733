--- v0 (2025-10-31)
+++ v1 (2026-02-19)
@@ -6,3020 +6,3030 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="619EC322" w14:textId="70A1D18D" w:rsidR="001C3025" w:rsidRPr="00604E1C" w:rsidRDefault="001C3025" w:rsidP="00D26D29">
+    <w:p w14:paraId="619EC322" w14:textId="797D716B" w:rsidR="001C3025" w:rsidRPr="003B26FC" w:rsidRDefault="001C3025" w:rsidP="00D26D29">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4678"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Załącznik do uchwały </w:t>
       </w:r>
-      <w:r w:rsidR="009F512A">
+      <w:r w:rsidR="00833820">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>nr 1492/49/24</w:t>
+        <w:t>nr 2273/144/</w:t>
+      </w:r>
+      <w:r w:rsidR="000504E7" w:rsidRPr="003B26FC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>25</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B0E6CA" w14:textId="77777777" w:rsidR="001C3025" w:rsidRPr="00604E1C" w:rsidRDefault="001C3025" w:rsidP="00D26D29">
+    <w:p w14:paraId="22B0E6CA" w14:textId="77777777" w:rsidR="001C3025" w:rsidRPr="003B26FC" w:rsidRDefault="001C3025" w:rsidP="00D26D29">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4678"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Zarządu Województwa Mazowieckiego</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43614067" w14:textId="6838923C" w:rsidR="006C503E" w:rsidRPr="00604E1C" w:rsidRDefault="001C3025" w:rsidP="006C503E">
+    <w:p w14:paraId="43614067" w14:textId="0B29FD75" w:rsidR="006C503E" w:rsidRPr="003B26FC" w:rsidRDefault="001C3025" w:rsidP="006C503E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4678"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">z dnia </w:t>
       </w:r>
-      <w:r w:rsidR="009F512A">
+      <w:r w:rsidR="000504E7" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve">23 grudnia </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00605EE7">
+        <w:t xml:space="preserve">              2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE66C9" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>2024</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE66C9" w:rsidRPr="00604E1C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
+        <w:t>r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0F8A04" w14:textId="7335597C" w:rsidR="00575815" w:rsidRPr="003B26FC" w:rsidRDefault="009C5DD6" w:rsidP="00171444">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B26FC">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00575815" w:rsidRPr="003B26FC">
+        <w:t>rogram</w:t>
+      </w:r>
+      <w:r w:rsidR="00171444" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
-[...5 lines deleted...]
-        <w:t>r.</w:t>
+      <w:r w:rsidR="00575815" w:rsidRPr="003B26FC">
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00462E46" w:rsidRPr="003B26FC">
+        <w:t>Wsparcie osób z niepełnosp</w:t>
+      </w:r>
+      <w:r w:rsidR="004A7377" w:rsidRPr="003B26FC">
+        <w:t>rawnościami na Mazowszu</w:t>
+      </w:r>
+      <w:r w:rsidR="00575815" w:rsidRPr="003B26FC">
+        <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0F8A04" w14:textId="7335597C" w:rsidR="00575815" w:rsidRPr="00604E1C" w:rsidRDefault="009C5DD6" w:rsidP="00171444">
-[...25 lines deleted...]
-    <w:p w14:paraId="3BB0F0A9" w14:textId="482E7B24" w:rsidR="006B5964" w:rsidRPr="00604E1C" w:rsidRDefault="006B5964" w:rsidP="00822964">
+    <w:p w14:paraId="3BB0F0A9" w14:textId="482E7B24" w:rsidR="006B5964" w:rsidRPr="003B26FC" w:rsidRDefault="006B5964" w:rsidP="00822964">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>§</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F7215FC" w14:textId="77777777" w:rsidR="00D21AE0" w:rsidRPr="00604E1C" w:rsidRDefault="00D21AE0" w:rsidP="00171444">
+    <w:p w14:paraId="1F7215FC" w14:textId="77777777" w:rsidR="00D21AE0" w:rsidRPr="003B26FC" w:rsidRDefault="00D21AE0" w:rsidP="00171444">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Definicje</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C237A4" w14:textId="77777777" w:rsidR="00D21AE0" w:rsidRPr="00604E1C" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
+    <w:p w14:paraId="76C237A4" w14:textId="77777777" w:rsidR="00D21AE0" w:rsidRPr="003B26FC" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Ilekroć w programie jest mowa o:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13DD7947" w14:textId="77777777" w:rsidR="00D21AE0" w:rsidRPr="00604E1C" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
+    <w:p w14:paraId="13DD7947" w14:textId="77777777" w:rsidR="00D21AE0" w:rsidRPr="003B26FC" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Centrum – oznacza to Mazowieckie Centrum Polityki Społecznej;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32826572" w14:textId="77777777" w:rsidR="00D21AE0" w:rsidRPr="00604E1C" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
+    <w:p w14:paraId="60977FD9" w14:textId="77777777" w:rsidR="006857E2" w:rsidRPr="003B26FC" w:rsidRDefault="00D21AE0" w:rsidP="006857E2">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Departamencie – oznacza to Departament Kultury, Promocji i Turystyki Urzędu Marszałkowskiego Województwa Mazowieckiego w Warszawie;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F7A9949" w14:textId="59002604" w:rsidR="00D21AE0" w:rsidRPr="00604E1C" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
+    <w:p w14:paraId="2DA8CA9D" w14:textId="1C6ADCCD" w:rsidR="006857E2" w:rsidRPr="003B26FC" w:rsidRDefault="00D21AE0" w:rsidP="006857E2">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>legitymacji osoby niepełnosprawnej – oznacza to dokument wydany przez właściwy miejscowo powiatowy/miejski zespół do spraw orzekania</w:t>
       </w:r>
-      <w:r w:rsidR="00686D46" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00686D46" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> o niepełnosprawności zgodny ze </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>wzorem wskazanym w rozporządzeniu Ministra Gospodarki</w:t>
       </w:r>
-      <w:r w:rsidR="00686D46" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00686D46" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>, Pracy i Polityki Społecznej z </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
-[...3 lines deleted...]
-        <w:t>dnia 15 lipca 2003 r. w sprawie orzekania o niepełnosprawności i stopniu niepełnosprawności;</w:t>
+      <w:r w:rsidRPr="003B26FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>dnia 15 lipca 2003 r. w sprawie orzekania o niepełnosprawności i stopniu niepełnosprawności</w:t>
+      </w:r>
+      <w:r w:rsidR="00B63B88" w:rsidRPr="003B26FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lub dokument mobilny</w:t>
+      </w:r>
+      <w:r w:rsidR="006857E2" w:rsidRPr="003B26FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, o którym mowa w ustawie z dnia 26 maja 2023 r. o aplikacji mObywatel;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D575B50" w14:textId="01AAC6DB" w:rsidR="00D21AE0" w:rsidRPr="00604E1C" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
+    <w:p w14:paraId="2D575B50" w14:textId="01AAC6DB" w:rsidR="00D21AE0" w:rsidRPr="003B26FC" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">mieszkańcu województwa mazowieckiego – </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk125917464"/>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>oznacza to osobę fizyczną, dla której miejscem zamieszkania jest miejscowość na terenie województwa mazowieckiego, w</w:t>
       </w:r>
-      <w:r w:rsidR="009E09D5" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009E09D5" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>której osoba ta przebywa z zamiarem stałego pobytu zgodnie z art. 25 ustawy z dnia 23</w:t>
       </w:r>
-      <w:r w:rsidR="009E09D5" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009E09D5" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>kwietnia 1964 r. – Kodeks cywilny</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B56E515" w14:textId="1816FF79" w:rsidR="00D21AE0" w:rsidRPr="00604E1C" w:rsidRDefault="003B33C6" w:rsidP="00266ADC">
+    <w:p w14:paraId="0B56E515" w14:textId="1816FF79" w:rsidR="00D21AE0" w:rsidRPr="003B26FC" w:rsidRDefault="003B33C6" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>osobie z niepełnosprawnościami</w:t>
       </w:r>
-      <w:r w:rsidR="00D21AE0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00D21AE0" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> – oznacza to osobę, której niepełnosprawność została stwierdzona orzeczeniem o niepełnosprawności lub orzeczeniem o stopniu niepełnosprawności, zgodnie z przepisami ustawy z dnia 27 sierpnia 1997 r. o rehabilitacji zawodowej i społecznej oraz zatrudnianiu osób niepełnosprawnych</w:t>
       </w:r>
-      <w:r w:rsidR="00D10C0F" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00D10C0F" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9F0204" w14:textId="398FD69E" w:rsidR="00D21AE0" w:rsidRPr="00604E1C" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
+    <w:p w14:paraId="1F9F0204" w14:textId="398FD69E" w:rsidR="00D21AE0" w:rsidRPr="003B26FC" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>opiekunie – oznacza to osobę pełnoletnią, która faktycznie towarzyszy osobie z</w:t>
       </w:r>
-      <w:r w:rsidR="009E09D5" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009E09D5" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>niepełnosprawnośc</w:t>
       </w:r>
-      <w:r w:rsidR="00EE69B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00EE69B0" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>iami</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="321D0D73" w14:textId="0C72F499" w:rsidR="00D21AE0" w:rsidRPr="00604E1C" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
+    <w:p w14:paraId="321D0D73" w14:textId="0C72F499" w:rsidR="00D21AE0" w:rsidRPr="003B26FC" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">instytucji kultury – oznacza to </w:t>
       </w:r>
-      <w:r w:rsidR="008B5231" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008B5231" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">instytucję </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">kultury, dla </w:t>
       </w:r>
-      <w:r w:rsidR="008B5231" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008B5231" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">której </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">organizatorem jest Samorząd Województwa Mazowieckiego, </w:t>
       </w:r>
-      <w:r w:rsidR="008B5231" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008B5231" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">wymienioną </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">w </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>załączniku nr 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>do programu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F99BEE2" w14:textId="362B9AF1" w:rsidR="00D21AE0" w:rsidRPr="00604E1C" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
+    <w:p w14:paraId="1F99BEE2" w14:textId="362B9AF1" w:rsidR="00D21AE0" w:rsidRPr="003B26FC" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">programie – oznacza </w:t>
       </w:r>
-      <w:r w:rsidR="008B5231" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008B5231" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="008B5231" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008B5231" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DE4269">
+      <w:r w:rsidR="00DE4269" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="008B5231" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008B5231" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>rogram „Wsparcie osób z niepełnosprawnościami na</w:t>
       </w:r>
-      <w:r w:rsidR="00D94D54">
+      <w:r w:rsidR="00D94D54" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008B5231" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008B5231" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Mazowszu”</w:t>
       </w:r>
-      <w:r w:rsidR="001F6000" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="001F6000" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>, określany jako „Program N”</w:t>
       </w:r>
-      <w:r w:rsidR="00CB0EB6" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00CB0EB6" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> w celach </w:t>
       </w:r>
-      <w:r w:rsidR="00CB0EB6" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00CB0EB6" w:rsidRPr="003B26FC">
         <w:t>promocyjno-informacyjnych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A2194C" w14:textId="77777777" w:rsidR="00D21AE0" w:rsidRPr="00604E1C" w:rsidRDefault="00D21AE0" w:rsidP="00171444">
+    <w:p w14:paraId="52A2194C" w14:textId="77777777" w:rsidR="00D21AE0" w:rsidRPr="003B26FC" w:rsidRDefault="00D21AE0" w:rsidP="00171444">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>§ 2.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="324E5201" w14:textId="25B4BF59" w:rsidR="006B5964" w:rsidRPr="00604E1C" w:rsidRDefault="006B5964" w:rsidP="00171444">
+    <w:p w14:paraId="324E5201" w14:textId="25B4BF59" w:rsidR="006B5964" w:rsidRPr="003B26FC" w:rsidRDefault="006B5964" w:rsidP="00171444">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Informacje ogólne</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78BD061B" w14:textId="125A7EAD" w:rsidR="009C5DD6" w:rsidRPr="00604E1C" w:rsidRDefault="005835B0" w:rsidP="00266ADC">
+    <w:p w14:paraId="78BD061B" w14:textId="3259DC02" w:rsidR="009C5DD6" w:rsidRPr="003B26FC" w:rsidRDefault="005835B0" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Inicjatorem</w:t>
       </w:r>
-      <w:r w:rsidR="002E1294" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="002E1294" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00575815" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00575815" w:rsidRPr="003B26FC">
         <w:t>programu</w:t>
       </w:r>
-      <w:r w:rsidR="006B5964" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="006B5964" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB171E" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00BB171E" w:rsidRPr="003B26FC">
         <w:t>pn.:</w:t>
       </w:r>
-      <w:r w:rsidR="00713950" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00713950" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B5964" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="006B5964" w:rsidRPr="003B26FC">
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="004A7377" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004A7377" w:rsidRPr="003B26FC">
         <w:t>Wsparcie osób z niepełnosprawnościami na Mazowszu”</w:t>
       </w:r>
-      <w:r w:rsidR="006B5964" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="006B5964" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00575815" w:rsidRPr="00604E1C">
-[...2 lines deleted...]
-      <w:r w:rsidR="009C5DD6" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00575815" w:rsidRPr="003B26FC">
+        <w:t xml:space="preserve">jest </w:t>
+      </w:r>
+      <w:r w:rsidR="0016032E">
+        <w:t>Województwo Mazowieckie</w:t>
+      </w:r>
+      <w:r w:rsidR="009C5DD6" w:rsidRPr="003B26FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A902E0B" w14:textId="1BC5EDDF" w:rsidR="00EE69B0" w:rsidRPr="00604E1C" w:rsidRDefault="00EE69B0" w:rsidP="00266ADC">
+    <w:p w14:paraId="5A902E0B" w14:textId="1BC5EDDF" w:rsidR="00EE69B0" w:rsidRPr="003B26FC" w:rsidRDefault="00EE69B0" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">Program kierowany jest wyłącznie do mieszkańców województwa mazowieckiego. </w:t>
       </w:r>
-      <w:r w:rsidR="00A709FD" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00A709FD" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3020DE5C" w14:textId="00DABB3C" w:rsidR="00D668F6" w:rsidRPr="00604E1C" w:rsidRDefault="00EE69B0" w:rsidP="00D63EB3">
+    <w:p w14:paraId="3020DE5C" w14:textId="66B78D43" w:rsidR="00D668F6" w:rsidRPr="003B26FC" w:rsidRDefault="00EE69B0" w:rsidP="00D63EB3">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">Program </w:t>
       </w:r>
-      <w:r w:rsidR="00645E6E" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00645E6E" w:rsidRPr="003B26FC">
         <w:t>będzie realizowany</w:t>
       </w:r>
-      <w:r w:rsidR="006B5964" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="006B5964" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> w </w:t>
       </w:r>
-      <w:r w:rsidR="006C4778">
+      <w:r w:rsidR="006C4778" w:rsidRPr="003B26FC">
         <w:t>terminie</w:t>
       </w:r>
-      <w:r w:rsidR="00351182" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00351182" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> od </w:t>
       </w:r>
-      <w:r w:rsidR="006D2E27" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="006D2E27" w:rsidRPr="003B26FC">
         <w:t>1 stycznia</w:t>
       </w:r>
-      <w:r w:rsidR="004A7377" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004A7377" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C4778">
-[...2 lines deleted...]
-      <w:r w:rsidR="00351182" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000504E7" w:rsidRPr="003B26FC">
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4778" w:rsidRPr="003B26FC">
+        <w:t xml:space="preserve"> r. </w:t>
+      </w:r>
+      <w:r w:rsidR="00351182" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">do </w:t>
       </w:r>
-      <w:r w:rsidR="00605EE7">
-[...2 lines deleted...]
-      <w:r w:rsidR="009E7871" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000504E7" w:rsidRPr="003B26FC">
+        <w:t>31 grudnia 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="009E7871" w:rsidRPr="003B26FC">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00F91A4B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00F91A4B" w:rsidRPr="003B26FC">
         <w:t>r.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FFF30E6" w14:textId="5A07D088" w:rsidR="00D63EB3" w:rsidRPr="00604E1C" w:rsidRDefault="0082762F" w:rsidP="00D63EB3">
+    <w:p w14:paraId="6FFF30E6" w14:textId="515994E9" w:rsidR="00D63EB3" w:rsidRPr="003B26FC" w:rsidRDefault="0082762F" w:rsidP="00D63EB3">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Realizacja p</w:t>
       </w:r>
-      <w:r w:rsidR="00D63EB3" w:rsidRPr="00604E1C">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00D63EB3" w:rsidRPr="003B26FC">
+        <w:t>rogramu jest zgodna z Wojewódzkim programem wyrównywania szans osób niepełnosprawnych i przeciwdziałania ich wykluczeniu społecznemu oraz pomocy w realizacji zadań na rzecz zatrudniania osób niepełnosprawnych w województwie mazowieckim na lata 2022–20</w:t>
+      </w:r>
+      <w:r w:rsidR="000504E7" w:rsidRPr="003B26FC">
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:r w:rsidR="00F40A45" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00F40A45" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00D63EB3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00D63EB3" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000C19ED" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000C19ED" w:rsidRPr="003B26FC">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00D63EB3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00D63EB3" w:rsidRPr="003B26FC">
         <w:t>riorytet 1.3. ograniczenie barier utrudniających osobom niepełnosprawnym korzystanie z usług umożliwiających ucz</w:t>
       </w:r>
-      <w:r w:rsidR="000C19ED" w:rsidRPr="00604E1C">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D63EB3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000C19ED" w:rsidRPr="003B26FC">
+        <w:t xml:space="preserve">estnictwo w życiu społecznym </w:t>
+      </w:r>
+      <w:r w:rsidR="000C19ED" w:rsidRPr="003B26FC">
+        <w:lastRenderedPageBreak/>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00D63EB3" w:rsidRPr="003B26FC">
         <w:t>ziałanie 1.3.1 wdrożenie programu ulg i preferencji dla osób niepełnosprawnych zwiększających dostęp do usług zapewniających uczestnictwo w życiu społecznym.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="701C278F" w14:textId="686848AB" w:rsidR="00D63EB3" w:rsidRPr="00604E1C" w:rsidRDefault="00D63EB3" w:rsidP="00D63EB3">
+    <w:p w14:paraId="701C278F" w14:textId="188861F1" w:rsidR="00D63EB3" w:rsidRPr="003B26FC" w:rsidRDefault="00D63EB3" w:rsidP="00D63EB3">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Koor</w:t>
       </w:r>
-      <w:r w:rsidR="0082762F" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0082762F" w:rsidRPr="003B26FC">
         <w:t>dynatorem programu jest Centrum</w:t>
       </w:r>
-      <w:r w:rsidR="001274F7" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="001274F7" w:rsidRPr="003B26FC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="0082762F" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0082762F" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> do zadań którego należy monitorowanie realizacji programu i podjęcie działa</w:t>
       </w:r>
-      <w:r w:rsidR="00F40A45" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00F40A45" w:rsidRPr="003B26FC">
         <w:t>ń</w:t>
       </w:r>
-      <w:r w:rsidR="0082762F" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0082762F" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> zmierzających do jego kontynuacji</w:t>
       </w:r>
-      <w:r w:rsidR="000F065E" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000F065E" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> w </w:t>
       </w:r>
-      <w:r w:rsidR="00605EE7">
-[...2 lines deleted...]
-      <w:r w:rsidR="00260AFD" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000504E7" w:rsidRPr="003B26FC">
+        <w:t>2027</w:t>
+      </w:r>
+      <w:r w:rsidR="00260AFD" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> r.</w:t>
       </w:r>
-      <w:r w:rsidR="0082762F" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0082762F" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
-      <w:r w:rsidR="0082762F" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0082762F" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="0082762F" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0082762F" w:rsidRPr="003B26FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3319EA01" w14:textId="33EFDB53" w:rsidR="00355DF2" w:rsidRPr="00604E1C" w:rsidRDefault="00355DF2" w:rsidP="00171444">
+    <w:p w14:paraId="3319EA01" w14:textId="33EFDB53" w:rsidR="00355DF2" w:rsidRPr="003B26FC" w:rsidRDefault="00355DF2" w:rsidP="00171444">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>§ 3.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="043300DC" w14:textId="77777777" w:rsidR="00355DF2" w:rsidRPr="00604E1C" w:rsidRDefault="00355DF2" w:rsidP="00171444">
+    <w:p w14:paraId="043300DC" w14:textId="77777777" w:rsidR="00355DF2" w:rsidRPr="003B26FC" w:rsidRDefault="00355DF2" w:rsidP="00171444">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Cele programu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33B498E4" w14:textId="009EDFB4" w:rsidR="00355DF2" w:rsidRPr="00604E1C" w:rsidRDefault="00355DF2" w:rsidP="00266ADC">
+    <w:p w14:paraId="33B498E4" w14:textId="009EDFB4" w:rsidR="00355DF2" w:rsidRPr="003B26FC" w:rsidRDefault="00355DF2" w:rsidP="00266ADC">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Celami programu są:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="325A39AC" w14:textId="40021FF8" w:rsidR="00355DF2" w:rsidRPr="00604E1C" w:rsidRDefault="00FA21A4" w:rsidP="00355DF2">
+    <w:p w14:paraId="325A39AC" w14:textId="40021FF8" w:rsidR="00355DF2" w:rsidRPr="003B26FC" w:rsidRDefault="00FA21A4" w:rsidP="00355DF2">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="363"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>poprawa</w:t>
       </w:r>
-      <w:r w:rsidR="00355DF2" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00355DF2" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> jakości życia osób z niepełnosprawnościami;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A6342F7" w14:textId="3EE84AD3" w:rsidR="00355DF2" w:rsidRPr="00604E1C" w:rsidRDefault="00355DF2" w:rsidP="00355DF2">
+    <w:p w14:paraId="4A6342F7" w14:textId="3EE84AD3" w:rsidR="00355DF2" w:rsidRPr="003B26FC" w:rsidRDefault="00355DF2" w:rsidP="00355DF2">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="363"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>zwiększeni</w:t>
       </w:r>
-      <w:r w:rsidR="009E09D5" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009E09D5" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> integracji ze środowiskiem osób z niepełnosprawnościami;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FC67D28" w14:textId="77777777" w:rsidR="0082762F" w:rsidRPr="00604E1C" w:rsidRDefault="00A54D96" w:rsidP="0082762F">
+    <w:p w14:paraId="2FC67D28" w14:textId="77777777" w:rsidR="0082762F" w:rsidRPr="003B26FC" w:rsidRDefault="00A54D96" w:rsidP="0082762F">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="363"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">rozszerzenie </w:t>
       </w:r>
-      <w:r w:rsidR="00355DF2" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00355DF2" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>systemu ulg i preferencji dla osób z niepełnosprawnościami</w:t>
       </w:r>
-      <w:r w:rsidR="008E2219" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008E2219" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5161F7E0" w14:textId="2B7E7A30" w:rsidR="00E00DD3" w:rsidRPr="00604E1C" w:rsidRDefault="00D668F6" w:rsidP="0082762F">
+    <w:p w14:paraId="5161F7E0" w14:textId="2B7E7A30" w:rsidR="00E00DD3" w:rsidRPr="003B26FC" w:rsidRDefault="00D668F6" w:rsidP="0082762F">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="363"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>umożliwienie osobom z niep</w:t>
       </w:r>
-      <w:r w:rsidR="0082762F" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0082762F" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>ełnosprawnościami, pozostającym</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> poza obiegiem</w:t>
       </w:r>
-      <w:r w:rsidR="0082762F" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0082762F" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> życia kulturalnego lub mającym</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> do niego utrudniony dostęp (często z powodu barier finansowych), korzystania z różnych form działalności kulturalnej</w:t>
       </w:r>
-      <w:r w:rsidR="00355DF2" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00355DF2" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="728FF516" w14:textId="79087007" w:rsidR="00E00DD3" w:rsidRPr="00604E1C" w:rsidRDefault="00E00DD3" w:rsidP="00171444">
+    <w:p w14:paraId="728FF516" w14:textId="79087007" w:rsidR="00E00DD3" w:rsidRPr="003B26FC" w:rsidRDefault="00E00DD3" w:rsidP="00171444">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
-      <w:r w:rsidR="00EE69B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00EE69B0" w:rsidRPr="003B26FC">
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03677973" w14:textId="07C3C789" w:rsidR="006B5964" w:rsidRPr="00604E1C" w:rsidRDefault="00EE69B0" w:rsidP="00171444">
+    <w:p w14:paraId="03677973" w14:textId="07C3C789" w:rsidR="006B5964" w:rsidRPr="003B26FC" w:rsidRDefault="00EE69B0" w:rsidP="00171444">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Warunki</w:t>
       </w:r>
-      <w:r w:rsidR="00E00DD3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E00DD3" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> uczestnictwa w programie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D3DEA7B" w14:textId="19778CF7" w:rsidR="00DC44F0" w:rsidRPr="00604E1C" w:rsidRDefault="007C151B" w:rsidP="00266ADC">
+    <w:p w14:paraId="2D3DEA7B" w14:textId="19778CF7" w:rsidR="00DC44F0" w:rsidRPr="003B26FC" w:rsidRDefault="007C151B" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Do udziału w p</w:t>
       </w:r>
-      <w:r w:rsidR="00B21475" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00B21475" w:rsidRPr="003B26FC">
         <w:t>rogram</w:t>
       </w:r>
-      <w:r w:rsidR="0074443D" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0074443D" w:rsidRPr="003B26FC">
         <w:t>ie</w:t>
       </w:r>
-      <w:r w:rsidR="00B21475" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00B21475" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0057135B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0057135B" w:rsidRPr="003B26FC">
         <w:t>uprawniona</w:t>
       </w:r>
-      <w:r w:rsidR="005F015E" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005F015E" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0057135B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0057135B" w:rsidRPr="003B26FC">
         <w:t>jest osoba z niepełnosprawnoś</w:t>
       </w:r>
-      <w:r w:rsidR="00FA21A4" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00FA21A4" w:rsidRPr="003B26FC">
         <w:t>ciami</w:t>
       </w:r>
-      <w:r w:rsidR="00355DF2" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00355DF2" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
-      <w:r w:rsidR="009E09D5" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009E09D5" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="0057135B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0057135B" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0057135B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0057135B" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">i </w:t>
       </w:r>
-      <w:r w:rsidR="00355DF2" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00355DF2" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">towarzyszący jej </w:t>
       </w:r>
-      <w:r w:rsidR="0057135B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0057135B" w:rsidRPr="003B26FC">
         <w:t>jeden opiekun</w:t>
       </w:r>
-      <w:r w:rsidR="001160B3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="001160B3" w:rsidRPr="003B26FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AE9506B" w14:textId="09C53FC0" w:rsidR="00DC44F0" w:rsidRPr="00604E1C" w:rsidRDefault="009E7871" w:rsidP="00266ADC">
+    <w:p w14:paraId="0AE9506B" w14:textId="09C53FC0" w:rsidR="00DC44F0" w:rsidRPr="003B26FC" w:rsidRDefault="009E7871" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">W ramach programu osoby wskazane w ust. 1 będą mogły skorzystać z oferty instytucji kultury </w:t>
       </w:r>
-      <w:r w:rsidR="000E487B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000E487B" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">kupując bilet </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">za preferencyjną cenę, tj. 1 zł brutto za </w:t>
       </w:r>
-      <w:r w:rsidR="000E487B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000E487B" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">bilet dla </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>os</w:t>
       </w:r>
-      <w:r w:rsidR="00686D46" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00686D46" w:rsidRPr="003B26FC">
         <w:t>ob</w:t>
       </w:r>
-      <w:r w:rsidR="000E487B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000E487B" w:rsidRPr="003B26FC">
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidR="00686D46" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00686D46" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
-      <w:r w:rsidR="00DE4269">
+      <w:r w:rsidR="00DE4269" w:rsidRPr="003B26FC">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00686D46" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00686D46" w:rsidRPr="003B26FC">
         <w:t>niepełnosprawnościami i 1 zł </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>brutto</w:t>
       </w:r>
-      <w:r w:rsidR="000E487B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000E487B" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> za bilet dla</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00283F47" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00283F47" w:rsidRPr="003B26FC">
         <w:t>towarzyszącego jej opiekuna, n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>iezależnie od zakresu wybranej oferty podczas jednej wizyty w instytucji kultury (np.</w:t>
       </w:r>
-      <w:r w:rsidR="00DE4269">
+      <w:r w:rsidR="00DE4269" w:rsidRPr="003B26FC">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>skorzys</w:t>
       </w:r>
-      <w:r w:rsidR="00DC44F0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00DC44F0" w:rsidRPr="003B26FC">
         <w:t>tanie z oferty zwiedzania i/lub </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>wars</w:t>
       </w:r>
-      <w:r w:rsidR="00283F47" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00283F47" w:rsidRPr="003B26FC">
         <w:t>ztatów i/lub lekcji muzealnej).</w:t>
       </w:r>
-      <w:r w:rsidR="00DC44F0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00DC44F0" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632F2CBC" w14:textId="5F1F9ABC" w:rsidR="004E7ED8" w:rsidRPr="00604E1C" w:rsidRDefault="004E7ED8" w:rsidP="00266ADC">
+    <w:p w14:paraId="632F2CBC" w14:textId="5F1F9ABC" w:rsidR="004E7ED8" w:rsidRPr="003B26FC" w:rsidRDefault="004E7ED8" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Zakup biletu, o którym mowa ust. 2</w:t>
       </w:r>
-      <w:r w:rsidR="009E09D5" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009E09D5" w:rsidRPr="003B26FC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> możliwy jest w kasie lub przez stronę internetową </w:t>
       </w:r>
-      <w:r w:rsidR="000E487B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000E487B" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">danej </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">instytucji kultury. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7520CEA5" w14:textId="52A3651B" w:rsidR="004E7ED8" w:rsidRPr="00604E1C" w:rsidRDefault="00283F47" w:rsidP="00266ADC">
+    <w:p w14:paraId="7520CEA5" w14:textId="52A3651B" w:rsidR="004E7ED8" w:rsidRPr="003B26FC" w:rsidRDefault="00283F47" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">Oferta instytucji kultury w ramach programu </w:t>
       </w:r>
-      <w:r w:rsidR="00E4017A" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E4017A" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">(dalej: „oferta”) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">może </w:t>
       </w:r>
-      <w:r w:rsidR="000500A6" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000500A6" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">dotyczyć wyłącznie przedsięwzięć własnych instytucji kultury, z wyłączeniem projektów </w:t>
       </w:r>
-      <w:r w:rsidR="00EA76CC" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00EA76CC" w:rsidRPr="003B26FC">
         <w:t>mających charakter okazjonalny.</w:t>
       </w:r>
-      <w:r w:rsidR="004E7ED8" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004E7ED8" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="033C7B99" w14:textId="159DA65D" w:rsidR="00CD1024" w:rsidRPr="00604E1C" w:rsidRDefault="00DC590B" w:rsidP="00266ADC">
+    <w:p w14:paraId="033C7B99" w14:textId="159DA65D" w:rsidR="00CD1024" w:rsidRPr="003B26FC" w:rsidRDefault="00DC590B" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Przed zakupem biletu</w:t>
       </w:r>
-      <w:r w:rsidR="000500A6" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000500A6" w:rsidRPr="003B26FC">
         <w:t>, o którym mowa w ust. 2</w:t>
       </w:r>
-      <w:r w:rsidR="009E09D5" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009E09D5" w:rsidRPr="003B26FC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004E7ED8" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004E7ED8" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> należy każdorazowo</w:t>
       </w:r>
-      <w:r w:rsidR="00CD1024" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00CD1024" w:rsidRPr="003B26FC">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F1926E" w14:textId="5C0AECF2" w:rsidR="00CD1024" w:rsidRPr="00604E1C" w:rsidRDefault="00DC590B" w:rsidP="00DB4AEF">
+    <w:p w14:paraId="49F1926E" w14:textId="5C0AECF2" w:rsidR="00CD1024" w:rsidRPr="003B26FC" w:rsidRDefault="00DC590B" w:rsidP="00DB4AEF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">zapoznać się z ofertą instytucji kultury </w:t>
       </w:r>
-      <w:r w:rsidR="00EA76CC" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00EA76CC" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">(np. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">na </w:t>
       </w:r>
-      <w:r w:rsidR="00CD1024" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00CD1024" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">jej </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>stronie internetowej</w:t>
       </w:r>
-      <w:r w:rsidR="00EA76CC" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00EA76CC" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD1024" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00CD1024" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>i </w:t>
       </w:r>
-      <w:r w:rsidR="0037481E" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0037481E" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ustalić </w:t>
       </w:r>
-      <w:r w:rsidR="00686D46" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00686D46" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>jej </w:t>
       </w:r>
-      <w:r w:rsidR="004613B2" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004613B2" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">dostępność </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00CD1024" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00CD1024" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>od kątem indywidulanych potrzeb</w:t>
       </w:r>
-      <w:r w:rsidR="00753FB7" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00753FB7" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139D762E" w14:textId="6F2B6ECE" w:rsidR="00CD1024" w:rsidRPr="00604E1C" w:rsidRDefault="00CD1024" w:rsidP="00DB4AEF">
+    <w:p w14:paraId="139D762E" w14:textId="6F2B6ECE" w:rsidR="00CD1024" w:rsidRPr="003B26FC" w:rsidRDefault="00CD1024" w:rsidP="00DB4AEF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>skontaktować się z instytucją kultury (np. telefonicznie lub za pośrednictwem poczty elektroni</w:t>
       </w:r>
-      <w:r w:rsidR="00BC719B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00BC719B" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">cznej) i uzyskać potwierdzenie </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>możliwości zakup</w:t>
       </w:r>
-      <w:r w:rsidR="00753FB7" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00753FB7" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> biletu na </w:t>
       </w:r>
-      <w:r w:rsidR="00BC719B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00BC719B" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>daną</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> ofertę</w:t>
       </w:r>
-      <w:r w:rsidR="008B5231" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008B5231" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DE4269">
+      <w:r w:rsidR="00DE4269" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="008B5231" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008B5231" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> przy zakupie przez stronę internetową</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C105DE3" w14:textId="54B3DA0B" w:rsidR="00CD1024" w:rsidRPr="00604E1C" w:rsidRDefault="00CD1024" w:rsidP="00DB4AEF">
+    <w:p w14:paraId="0C105DE3" w14:textId="54B3DA0B" w:rsidR="00CD1024" w:rsidRPr="003B26FC" w:rsidRDefault="00CD1024" w:rsidP="00DB4AEF">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Zakup biletu bez wcześniejszego </w:t>
       </w:r>
-      <w:r w:rsidR="00C276A2" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00C276A2" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>ustalenia</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> dostępności</w:t>
       </w:r>
-      <w:r w:rsidR="00BC719B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00BC719B" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> oferty</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00750754" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00750754" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">lub </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">możliwości zakupu biletu </w:t>
       </w:r>
-      <w:r w:rsidR="004F7342" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004F7342" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>zagrożony jest</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> brakiem możliwości skorzystania z oferty instytucji kultury.</w:t>
       </w:r>
-      <w:r w:rsidR="00BC719B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00BC719B" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Za niewykorzystany bilet nie przysługuje zwrot kosztów jego zakupu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="476E496D" w14:textId="4F236557" w:rsidR="00682F21" w:rsidRPr="00604E1C" w:rsidRDefault="006B5964" w:rsidP="00266ADC">
+    <w:p w14:paraId="476E496D" w14:textId="4F236557" w:rsidR="00682F21" w:rsidRPr="003B26FC" w:rsidRDefault="006B5964" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">Warunkiem </w:t>
       </w:r>
-      <w:r w:rsidR="00645E6E" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00645E6E" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">skorzystania z </w:t>
       </w:r>
-      <w:r w:rsidR="00951775" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00951775" w:rsidRPr="003B26FC">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00575815" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00575815" w:rsidRPr="003B26FC">
         <w:t>rogramu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> je</w:t>
       </w:r>
-      <w:r w:rsidR="00D10C0F" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00D10C0F" w:rsidRPr="003B26FC">
         <w:t>st</w:t>
       </w:r>
-      <w:r w:rsidR="003873D8" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="003873D8" w:rsidRPr="003B26FC">
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00682F21" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00682F21" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559A0C6B" w14:textId="46E30847" w:rsidR="00283F47" w:rsidRPr="00604E1C" w:rsidRDefault="0057135B" w:rsidP="00DB4AEF">
+    <w:p w14:paraId="559A0C6B" w14:textId="46E30847" w:rsidR="00283F47" w:rsidRPr="003B26FC" w:rsidRDefault="0057135B" w:rsidP="00DB4AEF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">okazanie </w:t>
       </w:r>
-      <w:r w:rsidR="006C503E" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="006C503E" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">przez osobę z niepełnosprawnościami </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>ważnej legitymacji osoby niepełnosprawnej</w:t>
       </w:r>
-      <w:r w:rsidR="006D76BA" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="006D76BA" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
-      <w:r w:rsidR="00E4017A" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E4017A" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00E96B14" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E96B14" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> oraz </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>złożenie oświadczenia</w:t>
       </w:r>
-      <w:r w:rsidR="00B201B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00B201B0" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E96B14" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E96B14" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00DB4AEF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00DB4AEF" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E96B14" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E96B14" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>miejscu zamieszkania w</w:t>
       </w:r>
-      <w:r w:rsidR="00D10C0F" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00D10C0F" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00E96B14" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E96B14" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>miejscowości na terenie województwa mazowieckiego</w:t>
       </w:r>
-      <w:r w:rsidR="00DB4AEF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00DB4AEF" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00283F47" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00283F47" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B201B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00B201B0" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">zgodnie </w:t>
       </w:r>
-      <w:r w:rsidR="006C503E" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="006C503E" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ze wzorem stanowiącym </w:t>
       </w:r>
-      <w:r w:rsidR="00DC44F0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00DC44F0" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>załącznik nr </w:t>
       </w:r>
-      <w:r w:rsidR="006C503E" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="006C503E" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="006C503E" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="006C503E" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF3E5B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00AF3E5B" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>do programu</w:t>
       </w:r>
-      <w:r w:rsidR="006C503E" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="006C503E" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>, z zastrzeżeniem ust.</w:t>
       </w:r>
-      <w:r w:rsidR="000E487D" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000E487D" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E9395F" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E9395F" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">7 </w:t>
       </w:r>
-      <w:r w:rsidR="0037481E" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0037481E" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">i </w:t>
       </w:r>
-      <w:r w:rsidR="00E9395F" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E9395F" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00DB4AEF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00DB4AEF" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="667371ED" w14:textId="393F32E9" w:rsidR="00E61456" w:rsidRPr="00604E1C" w:rsidRDefault="006C503E" w:rsidP="00DB4AEF">
+    <w:p w14:paraId="667371ED" w14:textId="393F32E9" w:rsidR="00E61456" w:rsidRPr="003B26FC" w:rsidRDefault="006C503E" w:rsidP="00DB4AEF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>złożenie przez opiekuna oświadczenia o miejscu zamieszkania w miejscowości na terenie województwa mazowieckiego</w:t>
       </w:r>
-      <w:r w:rsidR="00DB4AEF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00DB4AEF" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> zgodnie ze wzorem stanowiącym załącznik n</w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk125920518"/>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00E4017A" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E4017A" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>do programu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC0150C" w14:textId="77777777" w:rsidR="00693A08" w:rsidRPr="00604E1C" w:rsidRDefault="00693A08" w:rsidP="00693A08">
+    <w:p w14:paraId="0BC0150C" w14:textId="77777777" w:rsidR="00693A08" w:rsidRPr="003B26FC" w:rsidRDefault="00693A08" w:rsidP="00693A08">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Oświadczenie, o którym mowa w ust. 6, w przypadku osoby z niepełnosprawnościami:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F42F12" w14:textId="1720D22B" w:rsidR="00693A08" w:rsidRPr="00604E1C" w:rsidRDefault="00693A08" w:rsidP="00693A08">
+    <w:p w14:paraId="62F42F12" w14:textId="1720D22B" w:rsidR="00693A08" w:rsidRPr="003B26FC" w:rsidRDefault="00693A08" w:rsidP="00693A08">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>do 13 roku życia lub osoby ubezwłasnowolnionej całkowicie składa osoba posiadająca umocowanie prawne do jej reprezentowania</w:t>
       </w:r>
-      <w:r w:rsidR="000E487B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000E487B" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CBEAAD7" w14:textId="77777777" w:rsidR="00693A08" w:rsidRPr="00604E1C" w:rsidRDefault="00693A08" w:rsidP="00693A08">
+    <w:p w14:paraId="4CBEAAD7" w14:textId="77777777" w:rsidR="00693A08" w:rsidRPr="003B26FC" w:rsidRDefault="00693A08" w:rsidP="00693A08">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>od 13 do 18 roku życia lub osoby ubezwłasnowolnionej częściowo składa osoba samodzielnie lub osoba posiadająca umocowanie prawne do jej reprezentowania.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49ACEA1F" w14:textId="54A945BE" w:rsidR="00693A08" w:rsidRPr="00604E1C" w:rsidRDefault="00693A08" w:rsidP="00693A08">
+    <w:p w14:paraId="49ACEA1F" w14:textId="54A945BE" w:rsidR="00693A08" w:rsidRPr="003B26FC" w:rsidRDefault="00693A08" w:rsidP="00693A08">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>W przypadku osoby z niepełnosprawnościami uprawnionej do samodzielnego złożenia oświadczenia, o którym mowa w ust. 6, która ze względu na rodzaj niepełnosprawności nie może złożyć go w formie pisemnej</w:t>
       </w:r>
-      <w:r w:rsidR="00DE4269">
+      <w:r w:rsidR="00DE4269" w:rsidRPr="003B26FC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> dopuszcza się możliwość przyjęcia oświadczenia w formie ustnej przez pracownika instytucji kultury. W takim przypadku oświadczenie wypełnia pracownik instytucji kultury. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78753CBC" w14:textId="77777777" w:rsidR="00693A08" w:rsidRPr="00604E1C" w:rsidRDefault="00693A08" w:rsidP="00693A08">
+    <w:p w14:paraId="78753CBC" w14:textId="77777777" w:rsidR="00693A08" w:rsidRPr="003B26FC" w:rsidRDefault="00693A08" w:rsidP="00693A08">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Formularz oświadczenia o miejscu zamieszkania w miejscowości na terenie województwa mazowieckiego, o którym mowa w ust. 6, należy pobrać ze strony internetowej wybranej instytucji kultury lub w jej siedzibie</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="452BA76F" w14:textId="0B1201EF" w:rsidR="00C75FE8" w:rsidRPr="00604E1C" w:rsidRDefault="00541987" w:rsidP="00266ADC">
+    <w:p w14:paraId="452BA76F" w14:textId="0B1201EF" w:rsidR="00C75FE8" w:rsidRPr="003B26FC" w:rsidRDefault="00541987" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidR="00C75FE8" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00C75FE8" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> przypadku zakupu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> biletu, o którym mowa w ust. 2</w:t>
       </w:r>
-      <w:r w:rsidR="00E4017A" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E4017A" w:rsidRPr="003B26FC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C75FE8" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00C75FE8" w:rsidRPr="003B26FC">
         <w:t>oraz:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA42A80" w14:textId="7867FBC1" w:rsidR="00C75FE8" w:rsidRPr="00604E1C" w:rsidRDefault="00541987" w:rsidP="00DB4AEF">
+    <w:p w14:paraId="6FA42A80" w14:textId="7867FBC1" w:rsidR="00C75FE8" w:rsidRPr="003B26FC" w:rsidRDefault="00541987" w:rsidP="00DB4AEF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>nieokazania legitymacji osoby niepełnosprawnej i</w:t>
       </w:r>
-      <w:r w:rsidR="0037481E" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0037481E" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>/lub</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> niezłożenia oświadczenia, o </w:t>
       </w:r>
-      <w:r w:rsidR="00B201B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00B201B0" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">którym mowa w ust. 6 </w:t>
       </w:r>
-      <w:r w:rsidR="00C75FE8" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00C75FE8" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>przez osobę z niepełnosprawnoś</w:t>
       </w:r>
-      <w:r w:rsidR="0037481E" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0037481E" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>ciami</w:t>
       </w:r>
-      <w:r w:rsidR="00E4017A" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E4017A" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24F53170" w14:textId="6D30FACA" w:rsidR="00C75FE8" w:rsidRPr="00604E1C" w:rsidRDefault="00C75FE8" w:rsidP="00DB4AEF">
+    <w:p w14:paraId="24F53170" w14:textId="6D30FACA" w:rsidR="00C75FE8" w:rsidRPr="003B26FC" w:rsidRDefault="00C75FE8" w:rsidP="00DB4AEF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>niezłożenia oświadczenia, o którym mowa w ust. 6</w:t>
       </w:r>
-      <w:r w:rsidR="00E4017A" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E4017A" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> przez opiekuna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3084C673" w14:textId="25FCC57C" w:rsidR="00541987" w:rsidRPr="00604E1C" w:rsidRDefault="00E4017A" w:rsidP="00C75FE8">
+    <w:p w14:paraId="3084C673" w14:textId="25FCC57C" w:rsidR="00541987" w:rsidRPr="003B26FC" w:rsidRDefault="00E4017A" w:rsidP="00C75FE8">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidR="00B201B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00B201B0" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="00541987" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00541987" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>ie ma możliwości skorzystania z oferty instytucji k</w:t>
       </w:r>
-      <w:r w:rsidR="00686D46" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00686D46" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>ultury w ramach programu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00686D46" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00686D46" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> tj. za </w:t>
       </w:r>
-      <w:r w:rsidR="00541987" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00541987" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">preferencyjną cenę 1 zł. Za niewykorzystany bilet nie przysługuje zwrot kosztów jego zakupu. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B0672CF" w14:textId="7CE56D3A" w:rsidR="004E27DE" w:rsidRPr="00604E1C" w:rsidRDefault="004E27DE" w:rsidP="00266ADC">
+    <w:p w14:paraId="7B0672CF" w14:textId="7CE56D3A" w:rsidR="004E27DE" w:rsidRPr="003B26FC" w:rsidRDefault="004E27DE" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">Opiekun może skorzystać z biletu zakupionego </w:t>
       </w:r>
-      <w:r w:rsidR="00D43A01" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00D43A01" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">w ramach programu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>za preferencyjną cenę 1 zł wyłącznie w sytuacji, gdy</w:t>
       </w:r>
-      <w:r w:rsidR="00D43A01" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00D43A01" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> faktycznie towarzyszy osobie z </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>niepełnosprawnościami w</w:t>
       </w:r>
-      <w:r w:rsidR="009E09D5" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009E09D5" w:rsidRPr="003B26FC">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">instytucji kultury. Jeżeli osoba z niepełnosprawnościami, pomimo zakupu biletu </w:t>
       </w:r>
-      <w:r w:rsidR="00D43A01" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00D43A01" w:rsidRPr="003B26FC">
         <w:t>w</w:t>
       </w:r>
-      <w:r w:rsidR="009E09D5" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009E09D5" w:rsidRPr="003B26FC">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00D43A01" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00D43A01" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">ramach programu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>za preferency</w:t>
       </w:r>
-      <w:r w:rsidR="00D43A01" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00D43A01" w:rsidRPr="003B26FC">
         <w:t>jną cenę 1 zł</w:t>
       </w:r>
-      <w:r w:rsidR="00DE4269">
+      <w:r w:rsidR="00DE4269" w:rsidRPr="003B26FC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00D43A01" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00D43A01" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> nie skorzystała z </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>oferty inst</w:t>
       </w:r>
-      <w:r w:rsidR="00D43A01" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00D43A01" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">ytucji kultury (była nieobecna), </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>opiekun n</w:t>
       </w:r>
-      <w:r w:rsidR="00D43A01" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00D43A01" w:rsidRPr="003B26FC">
         <w:t>ie ma możliwości skorzystania z </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>zakupionego biletu. Za</w:t>
       </w:r>
-      <w:r w:rsidR="009E09D5" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009E09D5" w:rsidRPr="003B26FC">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>niewykorzystane bilety nie przysługuje zwrot kosztów ich zakupu.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="6F5F4B85" w14:textId="72AC66EB" w:rsidR="00C75FE8" w:rsidRPr="00604E1C" w:rsidRDefault="00C75FE8" w:rsidP="00266ADC">
+    <w:p w14:paraId="6F5F4B85" w14:textId="72AC66EB" w:rsidR="00C75FE8" w:rsidRPr="003B26FC" w:rsidRDefault="00C75FE8" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Weryfikacji uprawnień do uczestnictwa w programie pod względem formalnym dokonuje instytucja kultury.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BADE4DA" w14:textId="5FDBA02E" w:rsidR="00693A08" w:rsidRPr="00604E1C" w:rsidRDefault="00693A08" w:rsidP="00693A08">
+    <w:p w14:paraId="7BADE4DA" w14:textId="5FDBA02E" w:rsidR="00693A08" w:rsidRPr="003B26FC" w:rsidRDefault="00693A08" w:rsidP="00693A08">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Kontrola warunków skorzystania z programu, o których mowa w ust. 6, może odbywać się na każdym etapie korzystania z oferty instytucji kultury, w tym</w:t>
       </w:r>
-      <w:r w:rsidR="005D72B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005D72B0" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> m.in.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> przy zakupie biletu, przy wejściu do instytucji kultury i przebywaniu w instytucji kultury. Szczegółow</w:t>
       </w:r>
-      <w:r w:rsidR="005D72B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005D72B0" w:rsidRPr="003B26FC">
         <w:t>e zasady</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D72B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005D72B0" w:rsidRPr="003B26FC">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00DE4269">
+      <w:r w:rsidR="00DE4269" w:rsidRPr="003B26FC">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005D72B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005D72B0" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">sposób przeprowadzenia </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">kontroli warunków skorzystania z programu </w:t>
       </w:r>
-      <w:r w:rsidR="005D72B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005D72B0" w:rsidRPr="003B26FC">
         <w:t>określa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> dyrektor instytucji kultury.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D5962E7" w14:textId="7B878297" w:rsidR="008D400B" w:rsidRPr="00604E1C" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
+    <w:p w14:paraId="2D5962E7" w14:textId="7B878297" w:rsidR="008D400B" w:rsidRPr="003B26FC" w:rsidRDefault="00D21AE0" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">Informacje o możliwości skorzystania z </w:t>
       </w:r>
-      <w:r w:rsidR="00E00DD3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E00DD3" w:rsidRPr="003B26FC">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>rogramu udostępnia</w:t>
       </w:r>
-      <w:r w:rsidR="005D72B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005D72B0" w:rsidRPr="003B26FC">
         <w:t>ne</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D72B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005D72B0" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">są </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">na stronach internetowych </w:t>
       </w:r>
-      <w:r w:rsidR="00474E9C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00474E9C" w:rsidRPr="003B26FC">
         <w:t>Urzędu Marszałkowskiego Województwa Mazowieckiego w Warszawie</w:t>
       </w:r>
-      <w:r w:rsidR="00B34000" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00B34000" w:rsidRPr="003B26FC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00474E9C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00474E9C" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Centrum</w:t>
       </w:r>
-      <w:r w:rsidR="00474E9C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00474E9C" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> i instytucji kultury.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C72F5B6" w14:textId="5EB2BAE5" w:rsidR="006B5964" w:rsidRPr="00604E1C" w:rsidRDefault="006B5964" w:rsidP="00171444">
+    <w:p w14:paraId="4C72F5B6" w14:textId="5EB2BAE5" w:rsidR="006B5964" w:rsidRPr="003B26FC" w:rsidRDefault="006B5964" w:rsidP="00171444">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>§</w:t>
       </w:r>
-      <w:r w:rsidR="00355DF2" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00355DF2" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> 5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13928387" w14:textId="76CC7B40" w:rsidR="00A959DE" w:rsidRPr="00604E1C" w:rsidRDefault="00ED1ABA" w:rsidP="00171444">
+    <w:p w14:paraId="13928387" w14:textId="76CC7B40" w:rsidR="00A959DE" w:rsidRPr="003B26FC" w:rsidRDefault="00ED1ABA" w:rsidP="00171444">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Finansowanie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7546B349" w14:textId="3C10BE40" w:rsidR="00A959DE" w:rsidRPr="00604E1C" w:rsidRDefault="00A959DE" w:rsidP="00266ADC">
+    <w:p w14:paraId="7546B349" w14:textId="310C4AFC" w:rsidR="00A959DE" w:rsidRPr="003B26FC" w:rsidRDefault="00A959DE" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">Środki </w:t>
       </w:r>
-      <w:r w:rsidR="004051E1" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004051E1" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">finansowe </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">na realizację programu będą przekazane </w:t>
       </w:r>
-      <w:r w:rsidR="005524EE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005524EE" w:rsidRPr="003B26FC">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">nstytucjom </w:t>
       </w:r>
-      <w:r w:rsidR="005524EE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005524EE" w:rsidRPr="003B26FC">
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>ultury w ramach dotacji podmiotowej</w:t>
       </w:r>
-      <w:r w:rsidR="00F31004" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00F31004" w:rsidRPr="003B26FC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="008E2219" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008E2219" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> do wysokości</w:t>
       </w:r>
-      <w:r w:rsidR="007B3792" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="007B3792" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> rezerwy</w:t>
       </w:r>
-      <w:r w:rsidR="008E2219" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008E2219" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> celowej </w:t>
       </w:r>
-      <w:r w:rsidR="00F31004" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00F31004" w:rsidRPr="003B26FC">
         <w:t>utworzonej</w:t>
       </w:r>
-      <w:r w:rsidR="008E2219" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008E2219" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> w budżecie </w:t>
       </w:r>
-      <w:r w:rsidR="00F31004" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00F31004" w:rsidRPr="003B26FC">
         <w:t>Województwa Mazowieckiego</w:t>
       </w:r>
-      <w:r w:rsidR="008E2219" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008E2219" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> na </w:t>
       </w:r>
-      <w:r w:rsidR="00605EE7">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F31004" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000504E7" w:rsidRPr="003B26FC">
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31004" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> r</w:t>
       </w:r>
-      <w:r w:rsidR="008E2219" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008E2219" w:rsidRPr="003B26FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14446306" w14:textId="2BEF6C68" w:rsidR="00ED1ABA" w:rsidRPr="00604E1C" w:rsidRDefault="006F7D11" w:rsidP="00266ADC">
+    <w:p w14:paraId="14446306" w14:textId="2BEF6C68" w:rsidR="00ED1ABA" w:rsidRPr="003B26FC" w:rsidRDefault="006F7D11" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Środki</w:t>
       </w:r>
-      <w:r w:rsidR="004051E1" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004051E1" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> finansowe</w:t>
       </w:r>
-      <w:r w:rsidR="00005A8B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00005A8B" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o których mowa w ust.</w:t>
       </w:r>
-      <w:r w:rsidR="00DB4AEF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00DB4AEF" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="005963C0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005963C0" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> przyznane w ramach dotacji podmiotowej</w:t>
       </w:r>
-      <w:r w:rsidR="00B2366F" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00B2366F" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D72B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005D72B0" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">są przeznaczone na </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">uzupełnienie </w:t>
       </w:r>
-      <w:r w:rsidR="00005A8B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00005A8B" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rzeczywistej</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00983E10" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00983E10" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ceny</w:t>
       </w:r>
-      <w:r w:rsidR="005D72B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005D72B0" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> biletu </w:t>
       </w:r>
-      <w:r w:rsidR="00372BE0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00372BE0" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">zakupionego przez osoby </w:t>
       </w:r>
-      <w:r w:rsidR="00372BE0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00372BE0" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">uprawnione do brania udziału w programie celem skorzystania z </w:t>
       </w:r>
-      <w:r w:rsidR="00983E10" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00983E10" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oferowanych</w:t>
       </w:r>
-      <w:r w:rsidR="00372BE0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00372BE0" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00983E10" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00983E10" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00372BE0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00372BE0" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">w ramach programu, </w:t>
       </w:r>
-      <w:r w:rsidR="009B506C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009B506C" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>usług</w:t>
       </w:r>
-      <w:r w:rsidR="000500A6" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000500A6" w:rsidRPr="003B26FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47674EFD" w14:textId="68452FE9" w:rsidR="00A959DE" w:rsidRPr="00604E1C" w:rsidRDefault="00DB3CCD" w:rsidP="00266ADC">
+    <w:p w14:paraId="47674EFD" w14:textId="68452FE9" w:rsidR="00A959DE" w:rsidRPr="003B26FC" w:rsidRDefault="00DB3CCD" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">W przypadku wykorzystania </w:t>
       </w:r>
-      <w:r w:rsidR="00835913" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00835913" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">przez </w:t>
       </w:r>
-      <w:r w:rsidR="00AD48CA" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00AD48CA" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">daną </w:t>
       </w:r>
-      <w:r w:rsidR="005524EE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005524EE" w:rsidRPr="003B26FC">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00835913" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00835913" w:rsidRPr="003B26FC">
         <w:t>nstytucj</w:t>
       </w:r>
-      <w:r w:rsidR="00AD48CA" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00AD48CA" w:rsidRPr="003B26FC">
         <w:t>ę</w:t>
       </w:r>
-      <w:r w:rsidR="00835913" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00835913" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005524EE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005524EE" w:rsidRPr="003B26FC">
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidR="00835913" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00835913" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">ultury </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">środków </w:t>
       </w:r>
-      <w:r w:rsidR="00AD48CA" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00AD48CA" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">przekazanych </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>na</w:t>
       </w:r>
-      <w:r w:rsidR="009E09D5" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009E09D5" w:rsidRPr="003B26FC">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">realizację programu, </w:t>
       </w:r>
-      <w:r w:rsidR="007D54A4" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="007D54A4" w:rsidRPr="003B26FC">
         <w:t>instytucja może złożyć wniose</w:t>
       </w:r>
-      <w:r w:rsidR="00DC44F0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00DC44F0" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">k o zwiększenie przyznanej jej </w:t>
       </w:r>
-      <w:r w:rsidR="007D54A4" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="007D54A4" w:rsidRPr="003B26FC">
         <w:t>dotacji podmiotowej o dodatkowe środki przeznacz</w:t>
       </w:r>
-      <w:r w:rsidR="009B506C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009B506C" w:rsidRPr="003B26FC">
         <w:t>one na kontynuację realizacji p</w:t>
       </w:r>
-      <w:r w:rsidR="007D54A4" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="007D54A4" w:rsidRPr="003B26FC">
         <w:t>rogramu</w:t>
       </w:r>
-      <w:r w:rsidR="00E038F3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E038F3" w:rsidRPr="003B26FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="289494A5" w14:textId="0E1B784B" w:rsidR="007B3792" w:rsidRPr="00604E1C" w:rsidRDefault="007B3792" w:rsidP="00266ADC">
+    <w:p w14:paraId="289494A5" w14:textId="6C8581DA" w:rsidR="007B3792" w:rsidRPr="003B26FC" w:rsidRDefault="007B3792" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Ostateczny termin złożenia wniosku, o którym mowa w ust. 3, upływa 15 listopada 202</w:t>
       </w:r>
-      <w:r w:rsidR="00605EE7">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000504E7" w:rsidRPr="003B26FC">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B26FC">
         <w:t> r.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE503E5" w14:textId="1946E979" w:rsidR="00683001" w:rsidRPr="00604E1C" w:rsidRDefault="00683001" w:rsidP="00266ADC">
+    <w:p w14:paraId="5DE503E5" w14:textId="1946E979" w:rsidR="00683001" w:rsidRPr="003B26FC" w:rsidRDefault="00683001" w:rsidP="00266ADC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">O </w:t>
       </w:r>
-      <w:r w:rsidR="009B506C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009B506C" w:rsidRPr="003B26FC">
         <w:t>wysokości przyznanych w ramach p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">rogramu </w:t>
       </w:r>
-      <w:r w:rsidR="003F23E1" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="003F23E1" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">środków finansowych </w:t>
       </w:r>
-      <w:r w:rsidR="005524EE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005524EE" w:rsidRPr="003B26FC">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">nstytucja </w:t>
       </w:r>
-      <w:r w:rsidR="005524EE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005524EE" w:rsidRPr="003B26FC">
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>ultur</w:t>
       </w:r>
-      <w:r w:rsidR="00192A48" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00192A48" w:rsidRPr="003B26FC">
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> zostanie poinformowana</w:t>
       </w:r>
-      <w:r w:rsidR="00192A48" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00192A48" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B713C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000B713C" w:rsidRPr="003B26FC">
         <w:t>pismem przez Departament</w:t>
       </w:r>
-      <w:r w:rsidR="00192A48" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00192A48" w:rsidRPr="003B26FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D990A52" w14:textId="3A8116C9" w:rsidR="006B5964" w:rsidRPr="00604E1C" w:rsidRDefault="006B5964" w:rsidP="00171444">
+    <w:p w14:paraId="6D990A52" w14:textId="3A8116C9" w:rsidR="006B5964" w:rsidRPr="003B26FC" w:rsidRDefault="006B5964" w:rsidP="00171444">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
-      <w:r w:rsidR="00EE69B0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00EE69B0" w:rsidRPr="003B26FC">
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD8CC76" w14:textId="142106FB" w:rsidR="00ED1ABA" w:rsidRPr="00604E1C" w:rsidRDefault="00ED1ABA" w:rsidP="00171444">
+    <w:p w14:paraId="5AD8CC76" w14:textId="142106FB" w:rsidR="00ED1ABA" w:rsidRPr="003B26FC" w:rsidRDefault="00ED1ABA" w:rsidP="00171444">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Sprawozdawczość</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12E2B3E9" w14:textId="661EA3C9" w:rsidR="008416D4" w:rsidRPr="00604E1C" w:rsidRDefault="00AD48CA" w:rsidP="009E09D5">
+    <w:p w14:paraId="12E2B3E9" w14:textId="661EA3C9" w:rsidR="008416D4" w:rsidRPr="003B26FC" w:rsidRDefault="00AD48CA" w:rsidP="009E09D5">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">Każda </w:t>
       </w:r>
-      <w:r w:rsidR="005524EE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005524EE" w:rsidRPr="003B26FC">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">nstytucja </w:t>
       </w:r>
-      <w:r w:rsidR="005524EE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005524EE" w:rsidRPr="003B26FC">
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">ultury </w:t>
       </w:r>
-      <w:r w:rsidR="00E038F3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E038F3" w:rsidRPr="003B26FC">
         <w:t>realizująca</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B506C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009B506C" w:rsidRPr="003B26FC">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">rogram </w:t>
       </w:r>
-      <w:r w:rsidR="002754DE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="002754DE" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">jest zobowiązana do </w:t>
       </w:r>
-      <w:r w:rsidR="004051E1" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004051E1" w:rsidRPr="003B26FC">
         <w:t>składania</w:t>
       </w:r>
-      <w:r w:rsidR="002754DE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="002754DE" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AA6AD8" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00AA6AD8" w:rsidRPr="003B26FC">
         <w:t>kwartalnych</w:t>
       </w:r>
-      <w:r w:rsidR="004051E1" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004051E1" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> sprawozdań </w:t>
       </w:r>
-      <w:r w:rsidR="003F23E1" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="003F23E1" w:rsidRPr="003B26FC">
         <w:t>dotyczących</w:t>
       </w:r>
-      <w:r w:rsidR="004051E1" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004051E1" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E038F3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E038F3" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">realizacji </w:t>
       </w:r>
-      <w:r w:rsidR="009B506C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009B506C" w:rsidRPr="003B26FC">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00E038F3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E038F3" w:rsidRPr="003B26FC">
         <w:t>rogramu</w:t>
       </w:r>
-      <w:r w:rsidR="00372BE0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00372BE0" w:rsidRPr="003B26FC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00E038F3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E038F3" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00ED1ABA" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00ED1ABA" w:rsidRPr="003B26FC">
         <w:t>do 10-go</w:t>
       </w:r>
-      <w:r w:rsidR="00DB6BF3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00DB6BF3" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AA6AD8" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00AA6AD8" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">dnia miesiąca </w:t>
       </w:r>
-      <w:r w:rsidR="00DC44F0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00DC44F0" w:rsidRPr="003B26FC">
         <w:t>następującego po </w:t>
       </w:r>
-      <w:r w:rsidR="006E49D9" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="006E49D9" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">zakończeniu kwartału, </w:t>
       </w:r>
-      <w:r w:rsidR="002E39D4" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="002E39D4" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">na formularzu stanowiącym </w:t>
       </w:r>
-      <w:r w:rsidR="004051E1" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004051E1" w:rsidRPr="003B26FC">
         <w:t>z</w:t>
       </w:r>
-      <w:r w:rsidR="008416D4" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008416D4" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">ałącznik nr </w:t>
       </w:r>
-      <w:r w:rsidR="00AA6AD8" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00AA6AD8" w:rsidRPr="003B26FC">
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="008416D4" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008416D4" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> do </w:t>
       </w:r>
-      <w:r w:rsidR="009B506C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009B506C" w:rsidRPr="003B26FC">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="004051E1" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004051E1" w:rsidRPr="003B26FC">
         <w:t>rogramu.</w:t>
       </w:r>
-      <w:r w:rsidR="00ED1ABA" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00ED1ABA" w:rsidRPr="003B26FC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C31D2AA" w14:textId="1B1EACF9" w:rsidR="00EE2301" w:rsidRPr="00604E1C" w:rsidRDefault="002754DE" w:rsidP="009E09D5">
+    <w:p w14:paraId="1C31D2AA" w14:textId="253ADCFD" w:rsidR="00EE2301" w:rsidRPr="003B26FC" w:rsidRDefault="002754DE" w:rsidP="009E09D5">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">Każda </w:t>
       </w:r>
-      <w:r w:rsidR="005524EE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005524EE" w:rsidRPr="003B26FC">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">nstytucja </w:t>
       </w:r>
-      <w:r w:rsidR="005524EE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005524EE" w:rsidRPr="003B26FC">
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidR="009B506C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009B506C" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">ultury </w:t>
       </w:r>
-      <w:r w:rsidR="007B3792" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="007B3792" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">realizująca program </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">jest zobowiązana do rozliczenia </w:t>
       </w:r>
-      <w:r w:rsidR="008416D4" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="008416D4" w:rsidRPr="003B26FC">
         <w:t>dotacji podmiotowej za 202</w:t>
       </w:r>
-      <w:r w:rsidR="00605EE7">
-[...2 lines deleted...]
-      <w:r w:rsidR="008416D4" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000504E7" w:rsidRPr="003B26FC">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="008416D4" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> r. </w:t>
       </w:r>
-      <w:r w:rsidR="00E038F3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E038F3" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">w zakresie </w:t>
       </w:r>
-      <w:r w:rsidR="002F6ADF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="002F6ADF" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">wykonania </w:t>
       </w:r>
-      <w:r w:rsidR="009B506C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009B506C" w:rsidRPr="003B26FC">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00E038F3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E038F3" w:rsidRPr="003B26FC">
         <w:t>rogramu</w:t>
       </w:r>
-      <w:r w:rsidR="00372BE0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00372BE0" w:rsidRPr="003B26FC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00E038F3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E038F3" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002F6ADF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="002F6ADF" w:rsidRPr="003B26FC">
         <w:t>w terminie do 15 stycznia 202</w:t>
       </w:r>
-      <w:r w:rsidR="00605EE7">
-[...2 lines deleted...]
-      <w:r w:rsidR="00DB4AEF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000504E7" w:rsidRPr="003B26FC">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4AEF" w:rsidRPr="003B26FC">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="002F6ADF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="002F6ADF" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">r., </w:t>
       </w:r>
-      <w:r w:rsidR="00E038F3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E038F3" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">na formularzu stanowiącym załącznik nr </w:t>
       </w:r>
-      <w:r w:rsidR="000500A6" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000500A6" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="009B506C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009B506C" w:rsidRPr="003B26FC">
         <w:t>do p</w:t>
       </w:r>
-      <w:r w:rsidR="00E038F3" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E038F3" w:rsidRPr="003B26FC">
         <w:t>rogramu</w:t>
       </w:r>
-      <w:r w:rsidR="002F6ADF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="002F6ADF" w:rsidRPr="003B26FC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B03535" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00B03535" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003D52CF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="003D52CF" w:rsidRPr="003B26FC">
         <w:t>Do rozliczenia należy załączyć kopię przelewu potwierdzającą dokonanie zwrotu</w:t>
       </w:r>
-      <w:r w:rsidR="00372BE0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00372BE0" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> do budżetu Województwa Mazowieckiego</w:t>
       </w:r>
-      <w:r w:rsidR="003D52CF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="003D52CF" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> niewykorzystanych</w:t>
       </w:r>
-      <w:r w:rsidR="00372BE0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00372BE0" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> na realizację programu</w:t>
       </w:r>
-      <w:r w:rsidR="003D52CF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="003D52CF" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> środków finansowych</w:t>
       </w:r>
-      <w:r w:rsidR="00DE4269">
+      <w:r w:rsidR="00DE4269" w:rsidRPr="003B26FC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="003D52CF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="003D52CF" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00372BE0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00372BE0" w:rsidRPr="003B26FC">
         <w:t>pochodzących z </w:t>
       </w:r>
-      <w:r w:rsidR="003D52CF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="003D52CF" w:rsidRPr="003B26FC">
         <w:t>udzielonej dotacji</w:t>
       </w:r>
-      <w:r w:rsidR="00DE4269">
+      <w:r w:rsidR="00DE4269" w:rsidRPr="003B26FC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="003D52CF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="003D52CF" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> wraz z odsetkami w wysokości określonej jak</w:t>
       </w:r>
-      <w:r w:rsidR="00DC44F0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00DC44F0" w:rsidRPr="003B26FC">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003D52CF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="003D52CF" w:rsidRPr="003B26FC">
         <w:t>dla</w:t>
       </w:r>
-      <w:r w:rsidR="00DC44F0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00DC44F0" w:rsidRPr="003B26FC">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003D52CF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="003D52CF" w:rsidRPr="003B26FC">
         <w:t>zaległości podatkowych (jeśli dotyczy). W treści przelewu niezbędne jest umieszczenie informacji, czego dotyczy zwrot ora</w:t>
       </w:r>
-      <w:r w:rsidR="00DC44F0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00DC44F0" w:rsidRPr="003B26FC">
         <w:t>z wskazanie wielkości środków i </w:t>
       </w:r>
-      <w:r w:rsidR="003D52CF" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="003D52CF" w:rsidRPr="003B26FC">
         <w:t>ewentualnych odsetek</w:t>
       </w:r>
-      <w:r w:rsidR="00C53019" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00C53019" w:rsidRPr="003B26FC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004149BC" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004149BC" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> Ponadto, instytucja kultury zobowiązana jest do uwzględnienia środków otrzymanych na program w danym roku w rozlicz</w:t>
       </w:r>
-      <w:r w:rsidR="00DC44F0" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00DC44F0" w:rsidRPr="003B26FC">
         <w:t>eniu dotacji podmiotowej za </w:t>
       </w:r>
-      <w:r w:rsidR="004149BC" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004149BC" w:rsidRPr="003B26FC">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00605EE7">
-[...6 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="000504E7" w:rsidRPr="003B26FC">
+        <w:t>6 r.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="253CE49E" w14:textId="6AF5B5FF" w:rsidR="009E7871" w:rsidRPr="00604E1C" w:rsidRDefault="006E49D9" w:rsidP="009E09D5">
+    <w:p w14:paraId="253CE49E" w14:textId="6AF5B5FF" w:rsidR="009E7871" w:rsidRPr="003B26FC" w:rsidRDefault="006E49D9" w:rsidP="009E09D5">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Sprawozdania i rozliczenie, o których mowa w ust. 1 i 2</w:t>
       </w:r>
-      <w:r w:rsidR="00E4017A" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E4017A" w:rsidRPr="003B26FC">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> składa się do Departamentu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="533D4032" w14:textId="47C12F64" w:rsidR="009E7871" w:rsidRPr="00604E1C" w:rsidRDefault="00285028" w:rsidP="009E09D5">
+    <w:p w14:paraId="533D4032" w14:textId="47C12F64" w:rsidR="009E7871" w:rsidRPr="003B26FC" w:rsidRDefault="00285028" w:rsidP="009E09D5">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Dyrektor instytucji kultury odpowiada za prawidłowość i terminowość złożenia sprawozdań i rozliczenia, o których mowa w ust. 1 i 2.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D825D2" w14:textId="5408088F" w:rsidR="00ED1ABA" w:rsidRPr="00604E1C" w:rsidRDefault="00ED1ABA" w:rsidP="00171444">
+    <w:p w14:paraId="39D825D2" w14:textId="5408088F" w:rsidR="00ED1ABA" w:rsidRPr="003B26FC" w:rsidRDefault="00ED1ABA" w:rsidP="00171444">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
-      <w:r w:rsidR="00355DF2" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00355DF2" w:rsidRPr="003B26FC">
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="232DD7C3" w14:textId="2C02DF84" w:rsidR="006B5964" w:rsidRPr="00604E1C" w:rsidRDefault="002754DE" w:rsidP="00171444">
+    <w:p w14:paraId="232DD7C3" w14:textId="2C02DF84" w:rsidR="006B5964" w:rsidRPr="003B26FC" w:rsidRDefault="002754DE" w:rsidP="00171444">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Postanowienia końcowe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A0B76DE" w14:textId="1A1CED9A" w:rsidR="002754DE" w:rsidRPr="00604E1C" w:rsidRDefault="002754DE" w:rsidP="009E09D5">
+    <w:p w14:paraId="3A0B76DE" w14:textId="1A1CED9A" w:rsidR="002754DE" w:rsidRPr="003B26FC" w:rsidRDefault="002754DE" w:rsidP="009E09D5">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">Dopuszcza się w </w:t>
       </w:r>
-      <w:r w:rsidR="005524EE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005524EE" w:rsidRPr="003B26FC">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">nstytucji </w:t>
       </w:r>
-      <w:r w:rsidR="005524EE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005524EE" w:rsidRPr="003B26FC">
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>ultury łączenie</w:t>
       </w:r>
-      <w:r w:rsidR="000B713C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="000B713C" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B506C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009B506C" w:rsidRPr="003B26FC">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00E62103" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00E62103" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">rogramu z innymi programami </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>dedykowanym</w:t>
       </w:r>
-      <w:r w:rsidR="0098729B" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="0098729B" w:rsidRPr="003B26FC">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B506C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009B506C" w:rsidRPr="003B26FC">
         <w:t>osobom z niepełnosprawnościami</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>, pod warunkiem, że nie kolidują one prawnie i</w:t>
       </w:r>
-      <w:r w:rsidR="009E09D5" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009E09D5" w:rsidRPr="003B26FC">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>finansowo</w:t>
       </w:r>
-      <w:r w:rsidR="00CA0219" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00CA0219" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> lub w inny sposób</w:t>
       </w:r>
-      <w:r w:rsidR="00571BC2" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00571BC2" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B506C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009B506C" w:rsidRPr="003B26FC">
         <w:t>z p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>rogramem</w:t>
       </w:r>
-      <w:r w:rsidR="004051E1" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="004051E1" w:rsidRPr="003B26FC">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F723C1A" w14:textId="77777777" w:rsidR="00B201B0" w:rsidRPr="00604E1C" w:rsidRDefault="00C53019" w:rsidP="009E09D5">
+    <w:p w14:paraId="6F723C1A" w14:textId="77777777" w:rsidR="00B201B0" w:rsidRPr="003B26FC" w:rsidRDefault="00C53019" w:rsidP="009E09D5">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">O </w:t>
       </w:r>
-      <w:r w:rsidR="00885638" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00885638" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">zakresie </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>ofer</w:t>
       </w:r>
-      <w:r w:rsidR="009B506C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009B506C" w:rsidRPr="003B26FC">
         <w:t>ty realizowanej w ramach p</w:t>
       </w:r>
-      <w:r w:rsidR="00885638" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="00885638" w:rsidRPr="003B26FC">
         <w:t>rogramu</w:t>
       </w:r>
-      <w:r w:rsidR="009B506C" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009B506C" w:rsidRPr="003B26FC">
         <w:t xml:space="preserve"> każdorazowo decyduje d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">yrektor </w:t>
       </w:r>
-      <w:r w:rsidR="005524EE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005524EE" w:rsidRPr="003B26FC">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t xml:space="preserve">nstytucji </w:t>
       </w:r>
-      <w:r w:rsidR="005524EE" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="005524EE" w:rsidRPr="003B26FC">
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>ultury</w:t>
       </w:r>
-      <w:r w:rsidR="006421EC" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="006421EC" w:rsidRPr="003B26FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="454506B5" w14:textId="6E14D63F" w:rsidR="00B201B0" w:rsidRPr="00604E1C" w:rsidRDefault="00B201B0" w:rsidP="009E09D5">
+    <w:p w14:paraId="454506B5" w14:textId="6E14D63F" w:rsidR="00B201B0" w:rsidRPr="003B26FC" w:rsidRDefault="00B201B0" w:rsidP="009E09D5">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>W związku z przetwarzaniem danych osobowych na potrzeby realizacji programu Województwo Mazowieckie, Centrum i instytucje kultury są odrębnymi administratorami danych osobowych, zgodnie z art. 4 pkt 7 Rozporządzenia Parlamentu Europejskiego i</w:t>
       </w:r>
-      <w:r w:rsidR="009E09D5" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009E09D5" w:rsidRPr="003B26FC">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
+      <w:r w:rsidRPr="003B26FC">
         <w:t>Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w</w:t>
       </w:r>
-      <w:r w:rsidR="009E09D5" w:rsidRPr="00604E1C">
+      <w:r w:rsidR="009E09D5" w:rsidRPr="003B26FC">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1C">
-[...8 lines deleted...]
-        <w:t>. zm.).</w:t>
+      <w:r w:rsidRPr="003B26FC">
+        <w:t>związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych), (Dz. Urz. UE L 119 z 04.05.2016, str. 1, z późn. zm.).</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B201B0" w:rsidRPr="00604E1C" w:rsidSect="0019542B">
+    <w:sectPr w:rsidR="00B201B0" w:rsidRPr="003B26FC" w:rsidSect="0019542B">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1417" w:bottom="1276" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64D9F5E4" w14:textId="77777777" w:rsidR="00BE7D93" w:rsidRDefault="00BE7D93" w:rsidP="006B5964">
+    <w:p w14:paraId="0A53DF11" w14:textId="77777777" w:rsidR="00301E8C" w:rsidRDefault="00301E8C" w:rsidP="006B5964">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D561A71" w14:textId="77777777" w:rsidR="00BE7D93" w:rsidRDefault="00BE7D93" w:rsidP="006B5964">
+    <w:p w14:paraId="1A1F8282" w14:textId="77777777" w:rsidR="00301E8C" w:rsidRDefault="00301E8C" w:rsidP="006B5964">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -3054,358 +3064,375 @@
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1456445410"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="7170E954" w14:textId="010F3628" w:rsidR="00682F21" w:rsidRDefault="00682F21">
+      <w:p w14:paraId="7170E954" w14:textId="5E7127A2" w:rsidR="00682F21" w:rsidRDefault="00682F21">
         <w:pPr>
           <w:pStyle w:val="Stopka"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006C4778">
+        <w:r w:rsidR="0016032E">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="701703CE" w14:textId="77777777" w:rsidR="00682F21" w:rsidRDefault="00682F21">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="338A39B1" w14:textId="77777777" w:rsidR="00BE7D93" w:rsidRDefault="00BE7D93" w:rsidP="006B5964">
+    <w:p w14:paraId="22CD7251" w14:textId="77777777" w:rsidR="00301E8C" w:rsidRDefault="00301E8C" w:rsidP="006B5964">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A616194" w14:textId="77777777" w:rsidR="00BE7D93" w:rsidRDefault="00BE7D93" w:rsidP="006B5964">
+    <w:p w14:paraId="347CAC8B" w14:textId="77777777" w:rsidR="00301E8C" w:rsidRDefault="00301E8C" w:rsidP="006B5964">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="25A31E7B" w14:textId="288E44A8" w:rsidR="0082762F" w:rsidRPr="000C19ED" w:rsidRDefault="0082762F">
+    <w:p w14:paraId="25A31E7B" w14:textId="37E0ACD3" w:rsidR="0082762F" w:rsidRPr="0016032E" w:rsidRDefault="0082762F">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0095071C">
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="0095071C">
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0095071C">
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0095071C">
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Przyjęty</w:t>
       </w:r>
-      <w:r w:rsidR="00DE4269">
+      <w:r w:rsidR="00DE4269" w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="0095071C">
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> uchwałą nr 1986/374/22 Zarządu Województwa Mazowieckiego z dnia 27 grudnia 2022 r.  </w:t>
+        <w:t xml:space="preserve"> uchwałą nr 1986/374/22 Zarządu Województwa Mazowiec</w:t>
+      </w:r>
+      <w:r w:rsidR="000504E7" w:rsidRPr="0016032E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>kiego z dnia 27 grudnia 2022 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B63B88" w:rsidRPr="0016032E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000504E7" w:rsidRPr="0016032E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zmienioną uchwałą nr 2177/139/25 z dnia 9 grudnia 2025 r. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="02EB3787" w14:textId="09484162" w:rsidR="0082762F" w:rsidRDefault="0082762F">
+    <w:p w14:paraId="02EB3787" w14:textId="1905762D" w:rsidR="0082762F" w:rsidRPr="0016032E" w:rsidRDefault="0082762F">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
       </w:pPr>
-      <w:r w:rsidRPr="00220BEA">
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00220BEA">
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00220BEA">
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontynuacja realizacji programu w </w:t>
       </w:r>
-      <w:r w:rsidR="00605EE7">
+      <w:r w:rsidR="000504E7" w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>2026</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00260AFD" w:rsidRPr="00220BEA">
+        <w:t>2027</w:t>
+      </w:r>
+      <w:r w:rsidR="00260AFD" w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> r.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00220BEA">
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C02A5F" w:rsidRPr="00220BEA">
+      <w:r w:rsidR="00C02A5F" w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>będzie</w:t>
       </w:r>
-      <w:r w:rsidRPr="00220BEA">
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> możliwa</w:t>
       </w:r>
-      <w:r w:rsidR="000C19ED" w:rsidRPr="00220BEA">
+      <w:r w:rsidR="000C19ED" w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> m.in.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00220BEA">
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pod warunkiem wyrażenia przez Zarząd Województwa </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0095071C">
+        <w:t xml:space="preserve"> pod warunkiem wyrażenia przez Zarząd Województwa Mazowieckiego zgody na ustanowienie rezerwy finansowej na dany rok budżetowy.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="28FB28D9" w14:textId="506FF2F7" w:rsidR="00355DF2" w:rsidRPr="0016032E" w:rsidRDefault="00355DF2" w:rsidP="00E4017A">
+      <w:pPr>
+        <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Mazowieckiego zgody na ustanowienie rezerwy finansowej na dany rok budżetowy.</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00DB4AEF">
+      </w:pPr>
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidR="00E4017A">
+      <w:r w:rsidR="00E4017A" w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB4AEF">
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Do udziału w programie nie są uprawnione osoby</w:t>
       </w:r>
-      <w:r w:rsidR="00951775" w:rsidRPr="00DB4AEF">
+      <w:r w:rsidR="00951775" w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> posiadające orzeczenie wydane przez ZUS, KRUS, MON, MSWiA, a także dzieci posiadające orzeczenie o potrzebie kształcenia specjalnego.  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="701322AF" w14:textId="71C8BD00" w:rsidR="006D76BA" w:rsidRPr="00DB4AEF" w:rsidRDefault="006D76BA" w:rsidP="00E4017A">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB4AEF">
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidR="00E4017A">
+      <w:r w:rsidR="00E4017A" w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB4AEF">
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Do udziału w programie nie uprawnia okazanie legitymacji wydanej ZUS, KRUS, MON, MSWiA </w:t>
       </w:r>
-      <w:r w:rsidR="00D10C0F" w:rsidRPr="00DB4AEF">
+      <w:r w:rsidR="00D10C0F" w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">w </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB4AEF">
+      <w:r w:rsidRPr="0016032E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>związku z orzeczeniem rentowym.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="44A7EC70" w14:textId="77777777" w:rsidR="00693A08" w:rsidRPr="00DB4AEF" w:rsidRDefault="00693A08" w:rsidP="00693A08">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4AEF">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -3413,51 +3440,51 @@
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Każda instytucja kultury posiada inne zapisy dotyczące klauzuli informacyjnej. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06341FE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2338953A"/>
     <w:lvl w:ilvl="0" w:tplc="634CD030">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6859,487 +6886,490 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1758213667">
+  <w:num w:numId="1" w16cid:durableId="782462260">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="607353100">
+  <w:num w:numId="2" w16cid:durableId="166019885">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="628124600">
+  <w:num w:numId="3" w16cid:durableId="756831215">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="345866053">
+  <w:num w:numId="4" w16cid:durableId="1755541691">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="366679687">
+  <w:num w:numId="5" w16cid:durableId="1697273812">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1194805461">
+  <w:num w:numId="6" w16cid:durableId="83261885">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="170803713">
+  <w:num w:numId="7" w16cid:durableId="1741555416">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1536118181">
+  <w:num w:numId="8" w16cid:durableId="1992052070">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="746656297">
+  <w:num w:numId="9" w16cid:durableId="1924341690">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1188518932">
+  <w:num w:numId="10" w16cid:durableId="1030107035">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1733506017">
+  <w:num w:numId="11" w16cid:durableId="1163005137">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="350759468">
+  <w:num w:numId="12" w16cid:durableId="1155098922">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="582840086">
+  <w:num w:numId="13" w16cid:durableId="492257087">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1098523595">
+  <w:num w:numId="14" w16cid:durableId="598441328">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1731541246">
+  <w:num w:numId="15" w16cid:durableId="2093819088">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="743529007">
+  <w:num w:numId="16" w16cid:durableId="921571344">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1097017776">
+  <w:num w:numId="17" w16cid:durableId="418134280">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1293901475">
+  <w:num w:numId="18" w16cid:durableId="143621360">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="770393194">
+  <w:num w:numId="19" w16cid:durableId="1824077061">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="235823487">
+  <w:num w:numId="20" w16cid:durableId="1599556989">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1445882055">
+  <w:num w:numId="21" w16cid:durableId="1382678867">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1002313501">
+  <w:num w:numId="22" w16cid:durableId="1760445611">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="113524684">
+  <w:num w:numId="23" w16cid:durableId="1231042576">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1353416457">
+  <w:num w:numId="24" w16cid:durableId="1474829446">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="332221359">
+  <w:num w:numId="25" w16cid:durableId="1857453660">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1496339488">
+  <w:num w:numId="26" w16cid:durableId="1395814932">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="866255525">
+  <w:num w:numId="27" w16cid:durableId="763380424">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1699354410">
+  <w:num w:numId="28" w16cid:durableId="1338117883">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="480779639">
+  <w:num w:numId="29" w16cid:durableId="69280366">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1696537338">
+  <w:num w:numId="30" w16cid:durableId="1696466516">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="106047373">
+  <w:num w:numId="31" w16cid:durableId="2076583923">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="805202563">
+  <w:num w:numId="32" w16cid:durableId="1394430986">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1650597822">
+  <w:num w:numId="33" w16cid:durableId="1254588256">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="2025595090">
+  <w:num w:numId="34" w16cid:durableId="1438988761">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B5964"/>
     <w:rsid w:val="00005A8B"/>
     <w:rsid w:val="000070FE"/>
     <w:rsid w:val="000105FA"/>
     <w:rsid w:val="000134DD"/>
     <w:rsid w:val="00020C59"/>
     <w:rsid w:val="00024337"/>
     <w:rsid w:val="00030904"/>
     <w:rsid w:val="00043249"/>
     <w:rsid w:val="000470B9"/>
     <w:rsid w:val="000500A6"/>
+    <w:rsid w:val="000504E7"/>
     <w:rsid w:val="00064A1F"/>
     <w:rsid w:val="00092A48"/>
     <w:rsid w:val="000B0518"/>
     <w:rsid w:val="000B3262"/>
     <w:rsid w:val="000B713C"/>
     <w:rsid w:val="000C00FB"/>
     <w:rsid w:val="000C154C"/>
     <w:rsid w:val="000C19ED"/>
     <w:rsid w:val="000C6916"/>
     <w:rsid w:val="000E487B"/>
     <w:rsid w:val="000E487D"/>
     <w:rsid w:val="000F065E"/>
     <w:rsid w:val="000F3D4C"/>
     <w:rsid w:val="000F77E9"/>
     <w:rsid w:val="000F7A0B"/>
     <w:rsid w:val="00100CBB"/>
     <w:rsid w:val="00103716"/>
     <w:rsid w:val="0011212C"/>
     <w:rsid w:val="001160B3"/>
     <w:rsid w:val="001274F7"/>
+    <w:rsid w:val="0016032E"/>
     <w:rsid w:val="00167489"/>
     <w:rsid w:val="00167D86"/>
     <w:rsid w:val="00171444"/>
     <w:rsid w:val="00190BFC"/>
     <w:rsid w:val="00192A48"/>
     <w:rsid w:val="0019542B"/>
     <w:rsid w:val="0019555B"/>
     <w:rsid w:val="001C3025"/>
     <w:rsid w:val="001D0B7B"/>
     <w:rsid w:val="001D77E6"/>
     <w:rsid w:val="001E1B7D"/>
     <w:rsid w:val="001F08FC"/>
     <w:rsid w:val="001F5822"/>
     <w:rsid w:val="001F6000"/>
     <w:rsid w:val="001F76E7"/>
     <w:rsid w:val="00210B20"/>
     <w:rsid w:val="00214DB3"/>
     <w:rsid w:val="00220BEA"/>
     <w:rsid w:val="002511AD"/>
     <w:rsid w:val="00252466"/>
     <w:rsid w:val="00260AFD"/>
     <w:rsid w:val="002631F8"/>
     <w:rsid w:val="00266889"/>
     <w:rsid w:val="00266ADC"/>
     <w:rsid w:val="00267EBC"/>
     <w:rsid w:val="002754DE"/>
     <w:rsid w:val="0027689E"/>
     <w:rsid w:val="00281869"/>
     <w:rsid w:val="00283F47"/>
     <w:rsid w:val="00285028"/>
     <w:rsid w:val="002A3F86"/>
     <w:rsid w:val="002B1999"/>
+    <w:rsid w:val="002B27D4"/>
     <w:rsid w:val="002B6DB2"/>
-    <w:rsid w:val="002D56AF"/>
     <w:rsid w:val="002E1294"/>
     <w:rsid w:val="002E39D4"/>
     <w:rsid w:val="002E487C"/>
     <w:rsid w:val="002E50D9"/>
     <w:rsid w:val="002E5906"/>
     <w:rsid w:val="002F1955"/>
     <w:rsid w:val="002F6ADF"/>
     <w:rsid w:val="003016E8"/>
+    <w:rsid w:val="00301E8C"/>
     <w:rsid w:val="00310F60"/>
     <w:rsid w:val="003145E7"/>
     <w:rsid w:val="00315F39"/>
     <w:rsid w:val="003177C5"/>
     <w:rsid w:val="00321573"/>
     <w:rsid w:val="003218B7"/>
     <w:rsid w:val="00321A15"/>
     <w:rsid w:val="00323BF9"/>
     <w:rsid w:val="0033202A"/>
     <w:rsid w:val="003400E1"/>
     <w:rsid w:val="0034480D"/>
     <w:rsid w:val="00351182"/>
     <w:rsid w:val="00355DF2"/>
     <w:rsid w:val="003618F2"/>
     <w:rsid w:val="003716B6"/>
     <w:rsid w:val="00372BE0"/>
     <w:rsid w:val="0037481E"/>
     <w:rsid w:val="00374EE5"/>
     <w:rsid w:val="003873D8"/>
+    <w:rsid w:val="003B26FC"/>
     <w:rsid w:val="003B33C6"/>
     <w:rsid w:val="003C6DFC"/>
     <w:rsid w:val="003D0F5B"/>
     <w:rsid w:val="003D52CF"/>
     <w:rsid w:val="003F23E1"/>
     <w:rsid w:val="004051E1"/>
     <w:rsid w:val="004149BC"/>
     <w:rsid w:val="0041759D"/>
     <w:rsid w:val="004241C8"/>
     <w:rsid w:val="0044121A"/>
     <w:rsid w:val="00443469"/>
     <w:rsid w:val="00443E13"/>
     <w:rsid w:val="00446B6A"/>
     <w:rsid w:val="00457BDB"/>
     <w:rsid w:val="004613B2"/>
     <w:rsid w:val="00462E46"/>
     <w:rsid w:val="00474E9C"/>
     <w:rsid w:val="00477101"/>
     <w:rsid w:val="004916B1"/>
     <w:rsid w:val="004A42E5"/>
     <w:rsid w:val="004A4A18"/>
     <w:rsid w:val="004A4C6A"/>
     <w:rsid w:val="004A7377"/>
     <w:rsid w:val="004B0359"/>
     <w:rsid w:val="004B6D7F"/>
     <w:rsid w:val="004C558E"/>
     <w:rsid w:val="004D2A32"/>
     <w:rsid w:val="004D7DC2"/>
     <w:rsid w:val="004E27DE"/>
     <w:rsid w:val="004E65CE"/>
     <w:rsid w:val="004E7ED8"/>
     <w:rsid w:val="004F4A8C"/>
     <w:rsid w:val="004F7342"/>
     <w:rsid w:val="005133BC"/>
     <w:rsid w:val="005142D0"/>
     <w:rsid w:val="00541987"/>
     <w:rsid w:val="00545E63"/>
     <w:rsid w:val="00546F00"/>
     <w:rsid w:val="005524EE"/>
     <w:rsid w:val="00554149"/>
     <w:rsid w:val="00563C10"/>
     <w:rsid w:val="0057135B"/>
     <w:rsid w:val="00571BC2"/>
     <w:rsid w:val="0057295E"/>
     <w:rsid w:val="00575815"/>
     <w:rsid w:val="0057786B"/>
-    <w:rsid w:val="00580D83"/>
     <w:rsid w:val="005835B0"/>
+    <w:rsid w:val="00587511"/>
     <w:rsid w:val="005963C0"/>
     <w:rsid w:val="005A739B"/>
     <w:rsid w:val="005B3D27"/>
     <w:rsid w:val="005B48E9"/>
     <w:rsid w:val="005B5E30"/>
     <w:rsid w:val="005B6ADB"/>
     <w:rsid w:val="005C4248"/>
     <w:rsid w:val="005D72B0"/>
     <w:rsid w:val="005F015E"/>
     <w:rsid w:val="00604E1C"/>
     <w:rsid w:val="00605EE7"/>
     <w:rsid w:val="0064034A"/>
     <w:rsid w:val="00641F3D"/>
     <w:rsid w:val="006421EC"/>
     <w:rsid w:val="0064573A"/>
     <w:rsid w:val="00645E6E"/>
     <w:rsid w:val="0065365D"/>
     <w:rsid w:val="00656E2B"/>
     <w:rsid w:val="0066527F"/>
     <w:rsid w:val="00682F21"/>
     <w:rsid w:val="00683001"/>
+    <w:rsid w:val="006857E2"/>
     <w:rsid w:val="00686D46"/>
     <w:rsid w:val="00693A08"/>
     <w:rsid w:val="00696F5F"/>
     <w:rsid w:val="006977E5"/>
     <w:rsid w:val="006A2852"/>
     <w:rsid w:val="006A31D0"/>
     <w:rsid w:val="006B49D4"/>
     <w:rsid w:val="006B5964"/>
     <w:rsid w:val="006C4778"/>
     <w:rsid w:val="006C503E"/>
     <w:rsid w:val="006C6380"/>
     <w:rsid w:val="006D2E27"/>
     <w:rsid w:val="006D3142"/>
     <w:rsid w:val="006D711C"/>
     <w:rsid w:val="006D76BA"/>
     <w:rsid w:val="006E2314"/>
     <w:rsid w:val="006E49D9"/>
     <w:rsid w:val="006F7D11"/>
     <w:rsid w:val="00713950"/>
-    <w:rsid w:val="00714761"/>
     <w:rsid w:val="00736354"/>
     <w:rsid w:val="00736556"/>
     <w:rsid w:val="0074443D"/>
     <w:rsid w:val="00750754"/>
     <w:rsid w:val="00753FB7"/>
     <w:rsid w:val="00777CE6"/>
     <w:rsid w:val="0078043A"/>
-    <w:rsid w:val="007A6761"/>
     <w:rsid w:val="007B3792"/>
     <w:rsid w:val="007B46C2"/>
     <w:rsid w:val="007C151B"/>
     <w:rsid w:val="007C1677"/>
     <w:rsid w:val="007D315F"/>
     <w:rsid w:val="007D54A4"/>
     <w:rsid w:val="007F05D1"/>
     <w:rsid w:val="007F22CA"/>
     <w:rsid w:val="00803FBB"/>
     <w:rsid w:val="00807AA4"/>
     <w:rsid w:val="00822964"/>
     <w:rsid w:val="0082762F"/>
+    <w:rsid w:val="00833820"/>
     <w:rsid w:val="00835913"/>
     <w:rsid w:val="008416D4"/>
     <w:rsid w:val="00846037"/>
     <w:rsid w:val="008461D7"/>
     <w:rsid w:val="00857119"/>
     <w:rsid w:val="00865CD9"/>
     <w:rsid w:val="00873EFE"/>
     <w:rsid w:val="008746BE"/>
     <w:rsid w:val="0087472F"/>
     <w:rsid w:val="0087652E"/>
     <w:rsid w:val="00885638"/>
     <w:rsid w:val="008971B2"/>
     <w:rsid w:val="008B5231"/>
     <w:rsid w:val="008C27EA"/>
     <w:rsid w:val="008D400B"/>
     <w:rsid w:val="008E2219"/>
     <w:rsid w:val="008F0E1A"/>
     <w:rsid w:val="008F272B"/>
     <w:rsid w:val="00910520"/>
     <w:rsid w:val="00915969"/>
     <w:rsid w:val="00924829"/>
     <w:rsid w:val="0092586A"/>
     <w:rsid w:val="00926DDA"/>
     <w:rsid w:val="00947B06"/>
     <w:rsid w:val="0095071C"/>
     <w:rsid w:val="009508FE"/>
     <w:rsid w:val="00951775"/>
     <w:rsid w:val="00962353"/>
     <w:rsid w:val="00966B9F"/>
     <w:rsid w:val="00983E10"/>
     <w:rsid w:val="0098729B"/>
     <w:rsid w:val="009A2B82"/>
     <w:rsid w:val="009B06DB"/>
     <w:rsid w:val="009B506C"/>
     <w:rsid w:val="009C138C"/>
     <w:rsid w:val="009C5DD6"/>
     <w:rsid w:val="009E09D5"/>
     <w:rsid w:val="009E2AEC"/>
     <w:rsid w:val="009E7871"/>
-    <w:rsid w:val="009F512A"/>
     <w:rsid w:val="009F7E38"/>
     <w:rsid w:val="00A00B8F"/>
     <w:rsid w:val="00A0159F"/>
     <w:rsid w:val="00A1214E"/>
     <w:rsid w:val="00A22848"/>
     <w:rsid w:val="00A4182A"/>
     <w:rsid w:val="00A54D96"/>
     <w:rsid w:val="00A54EDA"/>
     <w:rsid w:val="00A55AB1"/>
     <w:rsid w:val="00A63C26"/>
     <w:rsid w:val="00A709FD"/>
     <w:rsid w:val="00A7542C"/>
     <w:rsid w:val="00A8191D"/>
     <w:rsid w:val="00A872B3"/>
     <w:rsid w:val="00A91D4C"/>
     <w:rsid w:val="00A959DE"/>
     <w:rsid w:val="00A978DB"/>
     <w:rsid w:val="00AA6AD8"/>
     <w:rsid w:val="00AB0B23"/>
     <w:rsid w:val="00AB6EF1"/>
     <w:rsid w:val="00AC04FF"/>
     <w:rsid w:val="00AD48CA"/>
     <w:rsid w:val="00AE240A"/>
     <w:rsid w:val="00AF14A2"/>
     <w:rsid w:val="00AF3E5B"/>
     <w:rsid w:val="00AF4923"/>
     <w:rsid w:val="00B03535"/>
     <w:rsid w:val="00B03EA1"/>
     <w:rsid w:val="00B0578A"/>
     <w:rsid w:val="00B072C9"/>
     <w:rsid w:val="00B110F5"/>
     <w:rsid w:val="00B201B0"/>
     <w:rsid w:val="00B21475"/>
     <w:rsid w:val="00B2366F"/>
     <w:rsid w:val="00B34000"/>
     <w:rsid w:val="00B35303"/>
     <w:rsid w:val="00B4018E"/>
     <w:rsid w:val="00B44AA8"/>
     <w:rsid w:val="00B46624"/>
+    <w:rsid w:val="00B63B88"/>
     <w:rsid w:val="00B81395"/>
     <w:rsid w:val="00B858BA"/>
     <w:rsid w:val="00BA703D"/>
     <w:rsid w:val="00BB171E"/>
     <w:rsid w:val="00BB6B9F"/>
     <w:rsid w:val="00BC719B"/>
     <w:rsid w:val="00BE1263"/>
     <w:rsid w:val="00BE6D30"/>
     <w:rsid w:val="00BE7AD2"/>
-    <w:rsid w:val="00BE7D93"/>
     <w:rsid w:val="00BF01FA"/>
     <w:rsid w:val="00BF1BFC"/>
     <w:rsid w:val="00BF216D"/>
+    <w:rsid w:val="00BF3661"/>
     <w:rsid w:val="00BF6CFF"/>
     <w:rsid w:val="00C02A5F"/>
     <w:rsid w:val="00C27431"/>
     <w:rsid w:val="00C276A2"/>
     <w:rsid w:val="00C46D80"/>
     <w:rsid w:val="00C51294"/>
     <w:rsid w:val="00C53019"/>
     <w:rsid w:val="00C61D9F"/>
     <w:rsid w:val="00C64238"/>
     <w:rsid w:val="00C6438D"/>
     <w:rsid w:val="00C7378A"/>
     <w:rsid w:val="00C74CFB"/>
     <w:rsid w:val="00C75FE8"/>
     <w:rsid w:val="00C82315"/>
     <w:rsid w:val="00C8246E"/>
     <w:rsid w:val="00C85C3C"/>
     <w:rsid w:val="00CA0219"/>
     <w:rsid w:val="00CB0EB6"/>
     <w:rsid w:val="00CB470F"/>
     <w:rsid w:val="00CD1024"/>
     <w:rsid w:val="00CD13AF"/>
     <w:rsid w:val="00CD1FFE"/>
     <w:rsid w:val="00CE34CD"/>
     <w:rsid w:val="00CE66C9"/>
     <w:rsid w:val="00CF11AC"/>
@@ -7378,95 +7408,94 @@
     <w:rsid w:val="00E2435A"/>
     <w:rsid w:val="00E34999"/>
     <w:rsid w:val="00E400ED"/>
     <w:rsid w:val="00E4017A"/>
     <w:rsid w:val="00E45645"/>
     <w:rsid w:val="00E61456"/>
     <w:rsid w:val="00E62103"/>
     <w:rsid w:val="00E70DD7"/>
     <w:rsid w:val="00E9395F"/>
     <w:rsid w:val="00E96B14"/>
     <w:rsid w:val="00EA048E"/>
     <w:rsid w:val="00EA76CC"/>
     <w:rsid w:val="00EB31E2"/>
     <w:rsid w:val="00EC4335"/>
     <w:rsid w:val="00EC45C6"/>
     <w:rsid w:val="00ED1ABA"/>
     <w:rsid w:val="00EE0B91"/>
     <w:rsid w:val="00EE2301"/>
     <w:rsid w:val="00EE412D"/>
     <w:rsid w:val="00EE69B0"/>
     <w:rsid w:val="00F142CA"/>
     <w:rsid w:val="00F276A1"/>
     <w:rsid w:val="00F31004"/>
     <w:rsid w:val="00F34137"/>
     <w:rsid w:val="00F40A45"/>
-    <w:rsid w:val="00F51219"/>
     <w:rsid w:val="00F5263C"/>
     <w:rsid w:val="00F62118"/>
     <w:rsid w:val="00F70732"/>
     <w:rsid w:val="00F86797"/>
     <w:rsid w:val="00F91A4B"/>
     <w:rsid w:val="00FA21A4"/>
     <w:rsid w:val="00FB60AB"/>
     <w:rsid w:val="00FC1900"/>
     <w:rsid w:val="00FC423C"/>
     <w:rsid w:val="00FC6204"/>
     <w:rsid w:val="00FE3A69"/>
     <w:rsid w:val="00FF3D9C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6E1F1A8E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5BC80087-5BD0-4AE2-979E-1C681F621F03}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8176,51 +8205,51 @@
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B6D7F"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nierozpoznanawzmianka1">
     <w:name w:val="Nierozpoznana wzmianka1"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B6D7F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1321691170">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
@@ -8518,50 +8547,67 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="5330aaab-781a-4e81-9e04-9ab3c5abca2d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007A9C000C1062FB45AB56411408F3B2DD" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fbd4d95f439b5660ccb678c74f0e9abe">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="b9a2604f-4196-4a8c-a860-eeca958f322e" xmlns:ns4="5330aaab-781a-4e81-9e04-9ab3c5abca2d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ff37e3edcb2588146a55d0714d5c5542" ns3:_="" ns4:_="">
     <xsd:import namespace="b9a2604f-4196-4a8c-a860-eeca958f322e"/>
     <xsd:import namespace="5330aaab-781a-4e81-9e04-9ab3c5abca2d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:_activity" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -8712,142 +8758,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D9F913C-9075-4439-AE7F-1CD3316CC1C6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B2EF3B5-D23C-4601-BBBD-81C45EC78192}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE2CD7C1-F8AE-48A9-9A2D-9E97179CE92F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2800B3C-2E42-478B-91C7-B7E85781D007}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5330aaab-781a-4e81-9e04-9ab3c5abca2d"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75C68469-4B87-4946-B78F-D4AACEC4840C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b9a2604f-4196-4a8c-a860-eeca958f322e"/>
     <ds:schemaRef ds:uri="5330aaab-781a-4e81-9e04-9ab3c5abca2d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1550</Words>
-  <Characters>9301</Characters>
+  <Words>1562</Words>
+  <Characters>9373</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
+  <Lines>78</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10830</CharactersWithSpaces>
+  <CharactersWithSpaces>10914</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ruszecka Joanna</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_258eb0e9-d44e-424a-9b31-8f05f32f858c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>