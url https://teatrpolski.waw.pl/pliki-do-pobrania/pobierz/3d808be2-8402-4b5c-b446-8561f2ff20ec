--- v0 (2025-10-26)
+++ v1 (2026-02-15)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2B03B185" w14:textId="286515D9" w:rsidR="009E0068" w:rsidRPr="002D59CF" w:rsidRDefault="008073EE" w:rsidP="00F143BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D59CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Załącznik nr </w:t>
       </w:r>
       <w:r w:rsidR="00206197" w:rsidRPr="002D59CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
@@ -1592,540 +1592,458 @@
     </w:p>
     <w:p w14:paraId="2EF9CC4B" w14:textId="77777777" w:rsidR="00C44CEF" w:rsidRDefault="00C44CEF" w:rsidP="00FB418F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0503A6AE" w14:textId="77777777" w:rsidR="00C44CEF" w:rsidRDefault="00C44CEF" w:rsidP="00FB418F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="481893B6" w14:textId="77777777" w:rsidR="001D60DF" w:rsidRDefault="00A513D5" w:rsidP="001D60DF">
+    <w:p w14:paraId="2178A915" w14:textId="77777777" w:rsidR="00052EA4" w:rsidRDefault="00052EA4" w:rsidP="00052EA4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Klauzula informacyjna  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64040314" w14:textId="2D44EBD8" w:rsidR="00FB418F" w:rsidRPr="00AA6590" w:rsidRDefault="00FB418F" w:rsidP="001D60DF">
+    <w:p w14:paraId="2CFB3DCE" w14:textId="77777777" w:rsidR="00052EA4" w:rsidRPr="00AA6590" w:rsidRDefault="00052EA4" w:rsidP="00052EA4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F7077C" w14:textId="46DF9576" w:rsidR="00FB418F" w:rsidRPr="00AA6590" w:rsidRDefault="001D60DF" w:rsidP="00FB418F">
+    <w:p w14:paraId="3D7EE400" w14:textId="77777777" w:rsidR="00052EA4" w:rsidRPr="00AA6590" w:rsidRDefault="00052EA4" w:rsidP="00052EA4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D60DF">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Teatr Polski im. Arnolda Szyfmana w Warszawie, ul. Karasia 2, 00-327 Warszawa </w:t>
       </w:r>
-      <w:r w:rsidR="00FB418F" w:rsidRPr="00AA6590">
+      <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>oświadcza, że jest administratorem danych osobowych w rozumieniu Rozporządzenia Parlamentu Europejskiego i</w:t>
       </w:r>
-      <w:r w:rsidR="00F117D0">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB418F" w:rsidRPr="00AA6590">
+      <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Rady (UE) 2016/6</w:t>
       </w:r>
-      <w:r w:rsidR="00AA6590">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>79 z dnia 27 kwietnia 2016 r. w </w:t>
       </w:r>
-      <w:r w:rsidR="00FB418F" w:rsidRPr="00AA6590">
+      <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>sprawie ochrony osób fizycznych w związku z</w:t>
       </w:r>
-      <w:r w:rsidR="00F117D0">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB418F" w:rsidRPr="00AA6590">
+      <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych), zwanego dalej RODO, w odniesieniu do danych osobowych osób związanych z reali</w:t>
       </w:r>
-      <w:r w:rsidR="00CE1978">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>zacj</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00600A87">
+        <w:t>zacją programu „Wsparcie osób z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ą</w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t>niepełnosprawnościami na Mazowszu”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07E6E522" w14:textId="53B6118C" w:rsidR="00FB418F" w:rsidRPr="00F117D0" w:rsidRDefault="00FB418F" w:rsidP="00FB418F">
+    <w:p w14:paraId="47FD9783" w14:textId="77777777" w:rsidR="00052EA4" w:rsidRPr="00F117D0" w:rsidRDefault="00052EA4" w:rsidP="00052EA4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontakt z Inspektorem Ochrony Danych: </w:t>
       </w:r>
-      <w:r w:rsidR="001D60DF" w:rsidRPr="001D60DF">
+      <w:r w:rsidRPr="001D60DF">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>iod@teatrpolski.waw.pl; tel. 22 5059226</w:t>
       </w:r>
-      <w:r w:rsidR="001D60DF">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD7C365" w14:textId="396100C8" w:rsidR="00FB418F" w:rsidRPr="00F117D0" w:rsidRDefault="00FB418F" w:rsidP="002D59CF">
+    <w:p w14:paraId="66AA4950" w14:textId="77777777" w:rsidR="00052EA4" w:rsidRPr="00F117D0" w:rsidRDefault="00052EA4" w:rsidP="00052EA4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dane osobowe, o których mowa w ust. 1, będą przetwarzane w</w:t>
       </w:r>
-      <w:r w:rsidR="00F117D0">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F117D0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>związ</w:t>
       </w:r>
-      <w:r w:rsidR="00F117D0">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ku</w:t>
       </w:r>
       <w:r w:rsidRPr="00F117D0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> z realizacją </w:t>
       </w:r>
-      <w:r w:rsidR="00600A87">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F117D0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rogramu „Wsparcie osób z niepełnosprawnościami na Mazowszu”</w:t>
       </w:r>
-      <w:r w:rsidR="00F117D0">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25EAB45F" w14:textId="0A28E914" w:rsidR="00FB418F" w:rsidRPr="00AA6590" w:rsidRDefault="00FB418F" w:rsidP="00FB418F">
+    <w:p w14:paraId="2DCB8244" w14:textId="77777777" w:rsidR="00052EA4" w:rsidRPr="00AA6590" w:rsidRDefault="00052EA4" w:rsidP="00052EA4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Podstawą prawną przetwarzania danych, o których mowa w ust. 1,  jest: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56026435" w14:textId="70937413" w:rsidR="0029674E" w:rsidRPr="00AA6590" w:rsidRDefault="00FB418F" w:rsidP="0029674E">
+    <w:p w14:paraId="73513C5F" w14:textId="77777777" w:rsidR="00052EA4" w:rsidRPr="00AA6590" w:rsidRDefault="00052EA4" w:rsidP="00052EA4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>art. 9 ust.</w:t>
       </w:r>
-      <w:r w:rsidR="00F117D0">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2 lit. g) RODO –  niezbędne ze względów związanych z ważnym interesem publicznym</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0029674E" w:rsidRPr="00AA6590">
+        <w:t>2 lit. g) RODO –  niezbędne ze względów związanych z ważnym interesem publicznym;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38167242" w14:textId="63D8F2B0" w:rsidR="00FB418F" w:rsidRPr="00AA6590" w:rsidRDefault="0029674E" w:rsidP="0029674E">
+    <w:p w14:paraId="0E860845" w14:textId="77777777" w:rsidR="00052EA4" w:rsidRPr="00AA6590" w:rsidRDefault="00052EA4" w:rsidP="00052EA4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>art. 6 ust.</w:t>
       </w:r>
-      <w:r w:rsidR="00F117D0">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1 lit. e) RODO – niezbędne do wykonania zadania realizowanego w interesie publicznym.</w:t>
-[...29 lines deleted...]
-    <w:p w14:paraId="502A2E55" w14:textId="30D0BE32" w:rsidR="00FB418F" w:rsidRPr="001D60DF" w:rsidRDefault="001D60DF" w:rsidP="001D60DF">
+        <w:t xml:space="preserve">1 lit. e) RODO – niezbędne do wykonania zadania realizowanego w interesie publicznym. *** </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F7E701" w14:textId="77777777" w:rsidR="00052EA4" w:rsidRPr="001D60DF" w:rsidRDefault="00052EA4" w:rsidP="00052EA4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dane osobowe, o których mowa w ust. 1, nie będą przekazywane podmiotom trzecim, jednakże zgodnie z obowiązującym prawem </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
@@ -2161,188 +2079,188 @@
       </w:r>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">oraz na podstawie obowiązujących przepisów prawa podmiotom uprawnionym do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>uzyskania danych, np. sądom lub </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>organom ścigania – tylko gdy wystąpią z żądaniem uzyskania danych osobowych i wskażą podstawę prawną swego żądania</w:t>
       </w:r>
-      <w:r w:rsidR="00FB418F" w:rsidRPr="001D60DF">
+      <w:r w:rsidRPr="001D60DF">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D406358" w14:textId="2457E59C" w:rsidR="00FB418F" w:rsidRPr="00AA6590" w:rsidRDefault="00FB418F" w:rsidP="00FB418F">
+    <w:p w14:paraId="2F65E416" w14:textId="77777777" w:rsidR="00052EA4" w:rsidRPr="00AA6590" w:rsidRDefault="00052EA4" w:rsidP="00052EA4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dane osobowe osób, o których mowa w ust. 1, nie będą przekaz</w:t>
       </w:r>
-      <w:r w:rsidR="00AA6590">
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ywane do państwa trzeciego, ani </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>organizacji międzynarodowej w rozumieniu RODO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F7836ED" w14:textId="77777777" w:rsidR="001D60DF" w:rsidRPr="00AA6590" w:rsidRDefault="001D60DF" w:rsidP="001D60DF">
+    <w:p w14:paraId="72EBE7D8" w14:textId="77777777" w:rsidR="00052EA4" w:rsidRPr="00AA6590" w:rsidRDefault="00052EA4" w:rsidP="00052EA4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dane osobowe osób, o których mowa w ust. 1, będą przetwar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>zane nie dłużej niż to wynika z </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>przepisów.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="124D8C53" w14:textId="77777777" w:rsidR="00FB418F" w:rsidRPr="00AA6590" w:rsidRDefault="00FB418F" w:rsidP="00FB418F">
+    <w:p w14:paraId="5F2A5116" w14:textId="77777777" w:rsidR="00052EA4" w:rsidRPr="00AA6590" w:rsidRDefault="00052EA4" w:rsidP="00052EA4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Osobom, o których mowa w ust. 1, przysługuje prawo do żądania od administratora danych dostępu do ich danych osobowych, ich sprostowania, usunięcia lub ograniczenia przetwarzania lub wniesienia sprzeciwu wobec ich przetwarzania, a także prawo do przenoszenia danych. Uprawnienia te będą realizowane przez administratora w granicach obowiązujących przepisów prawa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440D186E" w14:textId="77777777" w:rsidR="00FB418F" w:rsidRPr="00AA6590" w:rsidRDefault="00FB418F" w:rsidP="00FB418F">
+    <w:p w14:paraId="7575B080" w14:textId="77777777" w:rsidR="00052EA4" w:rsidRPr="00AA6590" w:rsidRDefault="00052EA4" w:rsidP="00052EA4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Osobom, o których mowa w ust. 1, w związku z przetwarzaniem ich danych osobowych przysługuje prawo do wniesienia skargi do organu nadzorczego.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="186E30F1" w14:textId="15FE581D" w:rsidR="00771B05" w:rsidRPr="001D60DF" w:rsidRDefault="001D60DF" w:rsidP="001D60DF">
+    <w:p w14:paraId="3F0113D7" w14:textId="77777777" w:rsidR="00052EA4" w:rsidRPr="001D60DF" w:rsidRDefault="00052EA4" w:rsidP="00052EA4">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">W oparciu o dane osobowe osób, o których mowa w ust. 1, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2355,99 +2273,100 @@
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> nie będzie podejmował zautomatyzowanych decyzji, w tym decyzji b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ędących wynikiem profilowania w </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6590">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rozumieniu RODO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1435FC98" w14:textId="77777777" w:rsidR="00634304" w:rsidRDefault="00634304" w:rsidP="00634304">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="1435FC98" w14:textId="77777777" w:rsidR="00634304" w:rsidRDefault="00634304" w:rsidP="00052EA4">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00634304" w:rsidSect="00C1374B">
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="292A7458" w14:textId="77777777" w:rsidR="00C143A1" w:rsidRDefault="00C143A1" w:rsidP="00014A1E">
+    <w:p w14:paraId="30EFB83F" w14:textId="77777777" w:rsidR="00CA38FB" w:rsidRDefault="00CA38FB" w:rsidP="00014A1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0629D8CC" w14:textId="77777777" w:rsidR="00C143A1" w:rsidRDefault="00C143A1" w:rsidP="00014A1E">
+    <w:p w14:paraId="70920823" w14:textId="77777777" w:rsidR="00CA38FB" w:rsidRDefault="00CA38FB" w:rsidP="00014A1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
@@ -2464,51 +2383,51 @@
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="104AC2DE" w14:textId="66F6F20F" w:rsidR="00AA6590" w:rsidRPr="00AA6590" w:rsidRDefault="00AA6590" w:rsidP="00AA6590">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">* </w:t>
     </w:r>
     <w:r w:rsidRPr="00AA6590">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Do uzupełnienia.</w:t>
     </w:r>
@@ -2589,51 +2508,51 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">apis stanowi propozycję podstawy prawnej przetwarzania danych </w:t>
     </w:r>
     <w:r w:rsidR="00600A87">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">– </w:t>
     </w:r>
     <w:r w:rsidRPr="00AA6590">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>ostateczna decyzja wskazania podstawy prawnej należy do administratora (instytucji kultury).</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1C9E02EE" w14:textId="77777777" w:rsidR="009A4CB1" w:rsidRDefault="009A4CB1" w:rsidP="009A4CB1">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="4"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>*</w:t>
     </w:r>
     <w:r w:rsidRPr="00771B05">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
@@ -2732,98 +2651,98 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00600A87">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>P</w:t>
     </w:r>
     <w:r w:rsidRPr="00B526EE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>rogramu.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="331029FA" w14:textId="77777777" w:rsidR="00C143A1" w:rsidRDefault="00C143A1" w:rsidP="00014A1E">
+    <w:p w14:paraId="37B25A71" w14:textId="77777777" w:rsidR="00CA38FB" w:rsidRDefault="00CA38FB" w:rsidP="00014A1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="109E8D71" w14:textId="77777777" w:rsidR="00C143A1" w:rsidRDefault="00C143A1" w:rsidP="00014A1E">
+    <w:p w14:paraId="6A14FD93" w14:textId="77777777" w:rsidR="00CA38FB" w:rsidRDefault="00CA38FB" w:rsidP="00014A1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1049" type="#_x0000_t75" style="width:9.75pt;height:11.25pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:9.75pt;height:11.25pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22041B4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8F498E6"/>
     <w:lvl w:ilvl="0" w:tplc="B6124AF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -4022,180 +3941,180 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1740245955">
+  <w:num w:numId="1" w16cid:durableId="383791990">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="373119258">
+  <w:num w:numId="2" w16cid:durableId="2043282508">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="597174348">
+  <w:num w:numId="3" w16cid:durableId="414129060">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="594244000">
+  <w:num w:numId="4" w16cid:durableId="1062945300">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1078285400">
+  <w:num w:numId="5" w16cid:durableId="44524001">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="216282961">
+  <w:num w:numId="6" w16cid:durableId="514006363">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="2057046938">
+  <w:num w:numId="7" w16cid:durableId="1276517635">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1300456524">
+  <w:num w:numId="8" w16cid:durableId="194928803">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1820074205">
+  <w:num w:numId="9" w16cid:durableId="691034146">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1446148224">
+  <w:num w:numId="10" w16cid:durableId="208997445">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="625625045">
+  <w:num w:numId="11" w16cid:durableId="1401489518">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008073EE"/>
     <w:rsid w:val="00014A1E"/>
     <w:rsid w:val="0003775E"/>
+    <w:rsid w:val="00052EA4"/>
     <w:rsid w:val="000718F7"/>
+    <w:rsid w:val="000948B5"/>
     <w:rsid w:val="001476E0"/>
     <w:rsid w:val="00161838"/>
     <w:rsid w:val="001729D2"/>
     <w:rsid w:val="00177789"/>
     <w:rsid w:val="00183F5C"/>
     <w:rsid w:val="001C3DA9"/>
-    <w:rsid w:val="001D60DF"/>
     <w:rsid w:val="00204A22"/>
     <w:rsid w:val="00206197"/>
     <w:rsid w:val="0024401B"/>
     <w:rsid w:val="00263D50"/>
     <w:rsid w:val="00281758"/>
     <w:rsid w:val="00284BEC"/>
     <w:rsid w:val="0029674E"/>
     <w:rsid w:val="002C6D90"/>
     <w:rsid w:val="002D59CF"/>
     <w:rsid w:val="00307798"/>
     <w:rsid w:val="00336E61"/>
     <w:rsid w:val="00354041"/>
     <w:rsid w:val="003672C3"/>
     <w:rsid w:val="003D4333"/>
     <w:rsid w:val="00442CA2"/>
     <w:rsid w:val="005306CE"/>
     <w:rsid w:val="00532DB3"/>
-    <w:rsid w:val="00580D83"/>
     <w:rsid w:val="00592512"/>
     <w:rsid w:val="005A2A63"/>
     <w:rsid w:val="005E4825"/>
     <w:rsid w:val="005F6438"/>
     <w:rsid w:val="00600A87"/>
-    <w:rsid w:val="006207D3"/>
     <w:rsid w:val="006246E0"/>
     <w:rsid w:val="00634304"/>
     <w:rsid w:val="0065460A"/>
     <w:rsid w:val="006953EF"/>
     <w:rsid w:val="006A1FB3"/>
     <w:rsid w:val="006C3E04"/>
     <w:rsid w:val="00722E08"/>
     <w:rsid w:val="00733E86"/>
     <w:rsid w:val="00771B05"/>
     <w:rsid w:val="007D2A4A"/>
     <w:rsid w:val="007D5BB8"/>
     <w:rsid w:val="008073EE"/>
     <w:rsid w:val="00841A2E"/>
     <w:rsid w:val="008A3727"/>
     <w:rsid w:val="009A4CB1"/>
     <w:rsid w:val="009B69A2"/>
     <w:rsid w:val="009E0068"/>
     <w:rsid w:val="009E7A37"/>
     <w:rsid w:val="00A238B5"/>
     <w:rsid w:val="00A513D5"/>
     <w:rsid w:val="00AA1C70"/>
     <w:rsid w:val="00AA6590"/>
     <w:rsid w:val="00B33DC5"/>
     <w:rsid w:val="00B37EAD"/>
     <w:rsid w:val="00B526EE"/>
     <w:rsid w:val="00B71A4B"/>
+    <w:rsid w:val="00B745A3"/>
     <w:rsid w:val="00BD05EE"/>
     <w:rsid w:val="00C1374B"/>
-    <w:rsid w:val="00C143A1"/>
     <w:rsid w:val="00C44CEF"/>
     <w:rsid w:val="00C72F9E"/>
+    <w:rsid w:val="00CA38FB"/>
     <w:rsid w:val="00CE1978"/>
     <w:rsid w:val="00D17BCF"/>
     <w:rsid w:val="00D61FA6"/>
     <w:rsid w:val="00D7139A"/>
     <w:rsid w:val="00DB1E62"/>
     <w:rsid w:val="00DE406F"/>
     <w:rsid w:val="00DF4B1E"/>
     <w:rsid w:val="00E65DFE"/>
     <w:rsid w:val="00E910FA"/>
     <w:rsid w:val="00F117D0"/>
     <w:rsid w:val="00F143BB"/>
     <w:rsid w:val="00F440E4"/>
     <w:rsid w:val="00F52F99"/>
     <w:rsid w:val="00F64210"/>
     <w:rsid w:val="00F80E4E"/>
     <w:rsid w:val="00FA54D4"/>
     <w:rsid w:val="00FB418F"/>
     <w:rsid w:val="00FC2110"/>
     <w:rsid w:val="00FD54C9"/>
     <w:rsid w:val="00FE064C"/>
     <w:rsid w:val="00FE7EC5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -4204,51 +4123,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="20EF167E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1166D1CF-4179-44B6-B860-C7080DFC9944}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4890,51 +4809,51 @@
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00FB418F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -5222,74 +5141,74 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A3516EA-B945-43AE-A06D-0642AD470F39}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>658</Words>
-  <Characters>3951</Characters>
+  <Characters>3950</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4600</CharactersWithSpaces>
+  <CharactersWithSpaces>4599</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Stadnik Katarzyna</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_258eb0e9-d44e-424a-9b31-8f05f32f858c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>