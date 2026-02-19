--- v0 (2025-10-31)
+++ v1 (2026-02-19)
@@ -229,64 +229,64 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5244499C" w14:textId="400111B2" w:rsidR="00B31C9C" w:rsidRDefault="00B31C9C" w:rsidP="00DB48CF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">W ramach programu osoby wskazane w </w:t>
       </w:r>
       <w:r w:rsidR="00A37368">
         <w:t>punkcie 3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> będą mogły skorzystać z oferty instytucji kultury kupując bilet za preferencyjną cenę, tj. 1 zł brutto za bilet dla osoby z niepełnosprawnościami i 1 zł brutto za bilet dla towarzyszącego jej opiekuna</w:t>
       </w:r>
       <w:r w:rsidR="00A37368">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="083A2172" w14:textId="4CFFB580" w:rsidR="00623B92" w:rsidRDefault="00657C5E" w:rsidP="00DB48CF">
+    <w:p w14:paraId="083A2172" w14:textId="28813266" w:rsidR="00623B92" w:rsidRDefault="00657C5E" w:rsidP="00DB48CF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00657C5E">
         <w:t>Sprzedaż i rezerwacja biletów w ramach Programu w Teatrze Polskim w Warszawie realizowana będzie 31 grudnia 202</w:t>
       </w:r>
-      <w:r w:rsidR="00DB48CF">
-        <w:t>5</w:t>
+      <w:r w:rsidR="001325B5">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00A14D0F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4548EF6F" w14:textId="046D3FF6" w:rsidR="00EE7DD2" w:rsidRDefault="00B31C9C" w:rsidP="00DB48CF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Zakup biletu w ramach Programu możliwy jest wyłącznie w </w:t>
       </w:r>
       <w:r w:rsidR="00BB29B1">
         <w:t>K</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">asie </w:t>
       </w:r>
       <w:r w:rsidR="00BB29B1">
         <w:t xml:space="preserve">Głównej </w:t>
@@ -1338,131 +1338,131 @@
       </w:pPr>
       <w:r w:rsidRPr="00DB48CF">
         <w:t>programie – oznacza to Program „Wsparcie osób z niepełnosprawnościami na Mazowszu”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AF2767F" w14:textId="25436D7A" w:rsidR="0006375C" w:rsidRPr="00171444" w:rsidRDefault="0006375C" w:rsidP="00DB48CF">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D64FA13" w14:textId="77777777" w:rsidR="0006375C" w:rsidRDefault="0006375C" w:rsidP="00DB48CF"/>
     <w:sectPr w:rsidR="0006375C" w:rsidSect="00DB48CF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1135" w:right="1417" w:bottom="851" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35CE1AA9" w14:textId="77777777" w:rsidR="00CC57F2" w:rsidRDefault="00CC57F2" w:rsidP="00623B92">
+    <w:p w14:paraId="7D6BC1D8" w14:textId="77777777" w:rsidR="00204387" w:rsidRDefault="00204387" w:rsidP="00623B92">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="719527BB" w14:textId="77777777" w:rsidR="00CC57F2" w:rsidRDefault="00CC57F2" w:rsidP="00623B92">
+    <w:p w14:paraId="3EA73078" w14:textId="77777777" w:rsidR="00204387" w:rsidRDefault="00204387" w:rsidP="00623B92">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A665AD1" w14:textId="77777777" w:rsidR="00CC57F2" w:rsidRDefault="00CC57F2" w:rsidP="00623B92">
+    <w:p w14:paraId="64C76941" w14:textId="77777777" w:rsidR="00204387" w:rsidRDefault="00204387" w:rsidP="00623B92">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="774CF20E" w14:textId="77777777" w:rsidR="00CC57F2" w:rsidRDefault="00CC57F2" w:rsidP="00623B92">
+    <w:p w14:paraId="00CFF1E8" w14:textId="77777777" w:rsidR="00204387" w:rsidRDefault="00204387" w:rsidP="00623B92">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B23361D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48B8374E"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
@@ -2843,90 +2843,92 @@
   </w:num>
   <w:num w:numId="11" w16cid:durableId="36315569">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="870604890">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2076320368">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="677541278">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1313214162">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1995912890">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00623B92"/>
     <w:rsid w:val="0006375C"/>
+    <w:rsid w:val="001325B5"/>
     <w:rsid w:val="001B4179"/>
     <w:rsid w:val="001B5AA7"/>
+    <w:rsid w:val="00204387"/>
     <w:rsid w:val="00214155"/>
     <w:rsid w:val="0024567F"/>
     <w:rsid w:val="003C6EA5"/>
     <w:rsid w:val="0040032B"/>
     <w:rsid w:val="004100A2"/>
     <w:rsid w:val="00486CE7"/>
     <w:rsid w:val="0052021E"/>
     <w:rsid w:val="00555C3B"/>
     <w:rsid w:val="00564BDF"/>
     <w:rsid w:val="00623B92"/>
     <w:rsid w:val="00657C5E"/>
     <w:rsid w:val="006B0C1A"/>
     <w:rsid w:val="006E726C"/>
     <w:rsid w:val="007206CE"/>
     <w:rsid w:val="00730B06"/>
+    <w:rsid w:val="008729D3"/>
     <w:rsid w:val="00A14D0F"/>
     <w:rsid w:val="00A26DFF"/>
     <w:rsid w:val="00A37368"/>
     <w:rsid w:val="00B31C9C"/>
     <w:rsid w:val="00B33FC8"/>
     <w:rsid w:val="00BB29B1"/>
     <w:rsid w:val="00BC5C38"/>
     <w:rsid w:val="00C34915"/>
     <w:rsid w:val="00C66765"/>
     <w:rsid w:val="00CC57F2"/>
     <w:rsid w:val="00D04E4E"/>
     <w:rsid w:val="00D26A6B"/>
     <w:rsid w:val="00DB48CF"/>
     <w:rsid w:val="00E17D37"/>
     <w:rsid w:val="00E64AA9"/>
     <w:rsid w:val="00EC3235"/>
     <w:rsid w:val="00EE7DD2"/>
     <w:rsid w:val="00F843CA"/>
     <w:rsid w:val="00FF1292"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>