--- v0 (2025-10-26)
+++ v1 (2026-01-10)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="13700C38" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B44AA8" w:rsidRDefault="00D10A94" w:rsidP="00D10A94">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="4248" w:right="147" w:firstLine="708"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B44AA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Załącznik nr 2 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C91759E" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00D10A94">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="150"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -159,118 +159,114 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9932" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
         <w:tblCaption w:val="Wybór szkoły"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3549"/>
         <w:gridCol w:w="6383"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D10A94" w:rsidRPr="00B81395" w14:paraId="6409BD9F" w14:textId="77777777" w:rsidTr="00083D60">
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3549" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="622DFB75" w14:textId="6CE6FB85" w:rsidR="00D10A94" w:rsidRPr="004C558E" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6383" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1914B1CA" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B81395">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>szkoła podstawowa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49F556A4" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D10A94" w:rsidRPr="00B81395" w14:paraId="25BDBCB9" w14:textId="77777777" w:rsidTr="00083D60">
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3549" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64BC7A1D" w14:textId="744C0829" w:rsidR="00D10A94" w:rsidRPr="004C558E" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6383" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DA5A651" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B81395">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">szkoła ponadpodstawowa </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46EA4DF6" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -289,114 +285,121 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00B81395">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">prosimy wstawić </w:t>
       </w:r>
       <w:r w:rsidRPr="00C74CFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
       <w:r w:rsidRPr="00B81395">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> w odpowiedniej rubryce)</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="7F742908" w14:textId="77777777" w:rsidR="00E71D3B" w:rsidRDefault="00E71D3B" w:rsidP="00D10A94">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="73551B3A" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00D10A94">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Do wypełnienia:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9902" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
         <w:tblCaption w:val="Zgłoszenie szkoły do konkursu - tabela"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3068"/>
-        <w:gridCol w:w="4157"/>
-        <w:gridCol w:w="2677"/>
+        <w:gridCol w:w="6834"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D10A94" w:rsidRPr="00B81395" w14:paraId="0F1D8752" w14:textId="77777777" w:rsidTr="00083D60">
         <w:trPr>
           <w:trHeight w:val="469"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3068" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23026680" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B81395">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Pełna nazwa szkoły</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6834" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E22FBAA" w14:textId="6F9E8E68" w:rsidR="00D10A94" w:rsidRPr="00083D60" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D10A94" w:rsidRPr="00B81395" w14:paraId="702C7CDA" w14:textId="77777777" w:rsidTr="00083D60">
         <w:trPr>
           <w:trHeight w:val="469"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3068" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7ADD111A" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
@@ -412,139 +415,136 @@
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Adres szkoły</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DE61B1E" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B81395">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>(ulica, kod pocztowy, miejscowość)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6834" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FAB0D5D" w14:textId="30CA101D" w:rsidR="00D10A94" w:rsidRPr="00083D60" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D10A94" w:rsidRPr="00B81395" w14:paraId="7907890E" w14:textId="77777777" w:rsidTr="00083D60">
         <w:trPr>
           <w:trHeight w:val="469"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3068" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75BEAFC1" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B81395">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Telefon szkoły</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6834" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F6962FE" w14:textId="52D8E467" w:rsidR="00D10A94" w:rsidRPr="00083D60" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D10A94" w:rsidRPr="00B81395" w14:paraId="2C1D258D" w14:textId="77777777" w:rsidTr="00083D60">
         <w:trPr>
           <w:trHeight w:val="469"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3068" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3121D5AC" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B81395">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Adres e-mail szkoły</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6834" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A0EFD6D" w14:textId="65BF2246" w:rsidR="00D10A94" w:rsidRPr="00083D60" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D10A94" w:rsidRPr="00B81395" w14:paraId="4A8CF6F7" w14:textId="77777777" w:rsidTr="00083D60">
         <w:trPr>
           <w:trHeight w:val="469"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3068" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="061413FE" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
@@ -552,448 +552,492 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B81395">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Osoba do kontaktu</w:t>
             </w:r>
             <w:r w:rsidRPr="00B81395">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>(Imię i nazwisko)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6834" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B4FAC2C" w14:textId="4C27F65E" w:rsidR="00D10A94" w:rsidRPr="00083D60" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D10A94" w:rsidRPr="00B81395" w14:paraId="6001F175" w14:textId="77777777" w:rsidTr="00083D60">
         <w:trPr>
           <w:trHeight w:val="469"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3068" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CEB398D" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B81395">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6834" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="070B8535" w14:textId="34235B7A" w:rsidR="00D10A94" w:rsidRPr="00083D60" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D10A94" w:rsidRPr="00B81395" w14:paraId="4F5444B2" w14:textId="77777777" w:rsidTr="00083D60">
         <w:trPr>
           <w:trHeight w:val="469"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3068" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4598FFFA" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B81395">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Adres e-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6834" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19A0F7EF" w14:textId="4B791D4E" w:rsidR="00D10A94" w:rsidRPr="00083D60" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D10A94" w:rsidRPr="00B81395" w14:paraId="6EF369FF" w14:textId="77777777" w:rsidTr="00B10E64">
+      <w:tr w:rsidR="00351D91" w:rsidRPr="00B81395" w14:paraId="0B096790" w14:textId="77777777" w:rsidTr="00083D60">
         <w:trPr>
           <w:trHeight w:val="469"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3068" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EDC3555" w14:textId="5CC6C538" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00353709">
+          <w:p w14:paraId="4FCC366F" w14:textId="55E89542" w:rsidR="00351D91" w:rsidRPr="00B81395" w:rsidRDefault="00622DA3" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:t>liczba</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B81395">
+              <w:t>Ogółem l</w:t>
+            </w:r>
+            <w:r w:rsidR="00351D91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>iczba</w:t>
+            </w:r>
+            <w:r w:rsidR="00351D91" w:rsidRPr="00B81395">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00351D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>uczniów</w:t>
             </w:r>
-            <w:r w:rsidR="00E56CCD">
-[...77 lines deleted...]
-          <w:p w14:paraId="6A342EC7" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00083D60" w:rsidRDefault="00D10A94" w:rsidP="00353709">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6834" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68511E6F" w14:textId="77777777" w:rsidR="00351D91" w:rsidRPr="00083D60" w:rsidRDefault="00351D91" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D10A94" w:rsidRPr="00B81395" w14:paraId="79EE7B6C" w14:textId="77777777" w:rsidTr="00083D60">
         <w:trPr>
           <w:trHeight w:val="469"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3068" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B365673" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00353709">
+          <w:p w14:paraId="0B365673" w14:textId="3AD08195" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00B7107D" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:t xml:space="preserve">liczba </w:t>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidR="00622DA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tym</w:t>
+            </w:r>
+            <w:r w:rsidR="00351D91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dzieci do lat 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6834" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E9F222A" w14:textId="64FACE0A" w:rsidR="00D10A94" w:rsidRPr="00083D60" w:rsidRDefault="00D10A94" w:rsidP="00353709">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00351D91" w:rsidRPr="00B81395" w14:paraId="585F701A" w14:textId="77777777" w:rsidTr="00083D60">
+        <w:trPr>
+          <w:trHeight w:val="469"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3068" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6515B6" w14:textId="3218C754" w:rsidR="00351D91" w:rsidRDefault="00351D91" w:rsidP="00353709">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Liczba grup</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6834" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66FECF31" w14:textId="77777777" w:rsidR="00351D91" w:rsidRPr="00083D60" w:rsidRDefault="00351D91" w:rsidP="00353709">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00351D91" w:rsidRPr="00B81395" w14:paraId="0C2A8D86" w14:textId="77777777" w:rsidTr="00083D60">
+        <w:trPr>
+          <w:trHeight w:val="469"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3068" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="327241D4" w14:textId="4E3EA172" w:rsidR="00351D91" w:rsidRDefault="00351D91" w:rsidP="00353709">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Liczba </w:t>
             </w:r>
             <w:r w:rsidRPr="00B81395">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>opiekunów</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6834" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3E9F222A" w14:textId="64FACE0A" w:rsidR="00D10A94" w:rsidRPr="00083D60" w:rsidRDefault="00D10A94" w:rsidP="00353709">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64542C0B" w14:textId="77777777" w:rsidR="00351D91" w:rsidRPr="00083D60" w:rsidRDefault="00351D91" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D10A94" w:rsidRPr="00B81395" w14:paraId="5723C506" w14:textId="77777777" w:rsidTr="00083D60">
         <w:trPr>
           <w:trHeight w:val="469"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3068" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D01DA17" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00DE20CE" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE20CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Termin wizyty:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6834" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B1887EF" w14:textId="04BF33AC" w:rsidR="00D10A94" w:rsidRPr="00083D60" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D10A94" w:rsidRPr="00B81395" w14:paraId="4706D17D" w14:textId="77777777" w:rsidTr="00083D60">
         <w:trPr>
           <w:trHeight w:val="971"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3068" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="124A51EC" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00DE20CE" w:rsidRDefault="00D10A94" w:rsidP="00353709">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="124A51EC" w14:textId="0045C73C" w:rsidR="00D10A94" w:rsidRPr="00DE20CE" w:rsidRDefault="00351D91" w:rsidP="00353709">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="00D10A94" w:rsidRPr="00DE20CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve">odzaj, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F806D6" w:rsidRPr="00DE20CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>zakres</w:t>
+            </w:r>
+            <w:r w:rsidR="00D10A94" w:rsidRPr="00DE20CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oraz nazwa oferty /</w:t>
+            </w:r>
+            <w:r w:rsidR="00D10A94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
               <w:t>np.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DE20CE">
+            <w:r w:rsidR="00D10A94" w:rsidRPr="00DE20CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> warsztatów, lekcji muzealnych, spektakli, wystaw/</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6834" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48357CF0" w14:textId="362E0DC6" w:rsidR="00D10A94" w:rsidRPr="00083D60" w:rsidRDefault="00D10A94" w:rsidP="00353709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6B9F7B21" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRDefault="00D10A94" w:rsidP="00D10A94">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60438F35" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRDefault="00D10A94" w:rsidP="00D10A94">
-[...5 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1AD9C597" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRDefault="00D10A94" w:rsidP="00D10A94">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F7DE376" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00D10A94">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B8BE2CA" w14:textId="77777777" w:rsidR="00D10A94" w:rsidRPr="00B81395" w:rsidRDefault="00D10A94" w:rsidP="00D10A94">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B81395">
         <w:rPr>
@@ -1006,166 +1050,152 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B81395">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
         <w:t>.....................................................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10880659" w14:textId="59783149" w:rsidR="00D10A94" w:rsidRDefault="00D10A94" w:rsidP="00D10A94">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7796EC53" w14:textId="079E52DC" w:rsidR="001A6672" w:rsidRPr="00D10A94" w:rsidRDefault="00D10A94" w:rsidP="00D10A94">
+    <w:p w14:paraId="7796EC53" w14:textId="065FC794" w:rsidR="001A6672" w:rsidRPr="00D10A94" w:rsidRDefault="00D10A94" w:rsidP="00D10A94">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1077"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C74754">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C74754">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C74754">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C74754">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C74754">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C74754">
+      <w:r w:rsidR="00F91BAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:tab/>
-[...13 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">                                </w:t>
       </w:r>
       <w:r w:rsidRPr="00C74754">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve">             (podpis dyrektora szkoły)</w:t>
+        <w:t xml:space="preserve">  (podpis dyrektora szkoły)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001A6672" w:rsidRPr="00D10A94">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D2B815A" w14:textId="77777777" w:rsidR="002B1A67" w:rsidRDefault="002B1A67" w:rsidP="003473E6">
+    <w:p w14:paraId="6B2698A5" w14:textId="77777777" w:rsidR="00E542EE" w:rsidRDefault="00E542EE" w:rsidP="003473E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FAB2E26" w14:textId="77777777" w:rsidR="002B1A67" w:rsidRDefault="002B1A67" w:rsidP="003473E6">
+    <w:p w14:paraId="1786B706" w14:textId="77777777" w:rsidR="00E542EE" w:rsidRDefault="00E542EE" w:rsidP="003473E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
@@ -1175,76 +1205,76 @@
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="260D7112" w14:textId="77777777" w:rsidR="002B1A67" w:rsidRDefault="002B1A67" w:rsidP="003473E6">
+    <w:p w14:paraId="739E7157" w14:textId="77777777" w:rsidR="00E542EE" w:rsidRDefault="00E542EE" w:rsidP="003473E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56EC194B" w14:textId="77777777" w:rsidR="002B1A67" w:rsidRDefault="002B1A67" w:rsidP="003473E6">
+    <w:p w14:paraId="5F2FC75D" w14:textId="77777777" w:rsidR="00E542EE" w:rsidRDefault="00E542EE" w:rsidP="003473E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FC263EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8DCE94E6"/>
     <w:lvl w:ilvl="0" w:tplc="CC961E08">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1320,126 +1350,151 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1104575011">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D10A94"/>
     <w:rsid w:val="00083D60"/>
+    <w:rsid w:val="0008655D"/>
     <w:rsid w:val="000949E9"/>
+    <w:rsid w:val="00097E00"/>
+    <w:rsid w:val="000E49FE"/>
     <w:rsid w:val="00183D59"/>
     <w:rsid w:val="001A6672"/>
-    <w:rsid w:val="002B1A67"/>
+    <w:rsid w:val="00253E5A"/>
+    <w:rsid w:val="002B77AF"/>
+    <w:rsid w:val="0032720B"/>
     <w:rsid w:val="003374A2"/>
     <w:rsid w:val="003473E6"/>
+    <w:rsid w:val="00351D91"/>
     <w:rsid w:val="003F69E0"/>
-    <w:rsid w:val="00441980"/>
+    <w:rsid w:val="00461B8C"/>
+    <w:rsid w:val="00471812"/>
+    <w:rsid w:val="004932C1"/>
+    <w:rsid w:val="00622DA3"/>
+    <w:rsid w:val="00680626"/>
+    <w:rsid w:val="006A5A33"/>
     <w:rsid w:val="00707350"/>
+    <w:rsid w:val="008B1FCD"/>
     <w:rsid w:val="00946A36"/>
+    <w:rsid w:val="00953175"/>
+    <w:rsid w:val="00953A6A"/>
+    <w:rsid w:val="009D6191"/>
     <w:rsid w:val="00A21BDD"/>
+    <w:rsid w:val="00A57BD2"/>
+    <w:rsid w:val="00A82907"/>
     <w:rsid w:val="00AA22AB"/>
     <w:rsid w:val="00B10E64"/>
+    <w:rsid w:val="00B215F7"/>
     <w:rsid w:val="00B31B49"/>
+    <w:rsid w:val="00B7107D"/>
+    <w:rsid w:val="00B835B8"/>
+    <w:rsid w:val="00BA20F4"/>
     <w:rsid w:val="00C82371"/>
     <w:rsid w:val="00C972B0"/>
     <w:rsid w:val="00D10A94"/>
-    <w:rsid w:val="00D365C5"/>
+    <w:rsid w:val="00E542EE"/>
     <w:rsid w:val="00E56CCD"/>
+    <w:rsid w:val="00E71D3B"/>
+    <w:rsid w:val="00F65232"/>
+    <w:rsid w:val="00F806D6"/>
+    <w:rsid w:val="00F91BAC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="20BBE4E9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{57EF4D58-DD63-48A9-9C6D-EADDEFE60C5B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1923,51 +1978,51 @@
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstprzypisudolnego"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003473E6"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003473E6"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -2234,69 +2289,69 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>116</Words>
-  <Characters>698</Characters>
+  <Characters>700</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>813</CharactersWithSpaces>
+  <CharactersWithSpaces>815</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>zgłoszenie szkoły do programu</dc:title>
   <dc:subject/>
   <dc:creator>Gwara Beata</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>